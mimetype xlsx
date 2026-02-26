--- v0 (2026-02-25)
+++ v1 (2026-02-26)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b8d29f343e43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d5c7a1c9878a433ba730bc0042e481f3.psmdcp" Id="Rf3b9947df0124cb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47fbd898b6c54235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3c702901341a469080641e46aadab019.psmdcp" Id="Re576388ca27c4b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
-    <x:t>25/02/2026 13:00</x:t>
+    <x:t>26/02/2026 03:00</x:t>
   </x:si>
   <x:si>
     <x:t>instrumentID</x:t>
   </x:si>
   <x:si>
     <x:t>date</x:t>
   </x:si>
   <x:si>
     <x:t>balance_kNIS</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>