--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a4701b0b90e4b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a5f24552f7345fda2f950722ab3c89d.psmdcp" Id="Rcee5c7f74fc64cf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b706347d8c94ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b62038fa74e8426ebc8ff97d991e925f.psmdcp" Id="R176a2b1d779647a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>יוניטרוניקס</x:t>
   </x:si>
@@ -136,64 +136,64 @@
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Table11" displayName="Table11" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C95" totalsRowShown="0">
-  <x:autoFilter ref="A1:C95"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C89" totalsRowShown="0">
+  <x:autoFilter ref="A1:C89"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table13" displayName="Table13" ref="A1:C449" totalsRowShown="0">
-  <x:autoFilter ref="A1:C449"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table13" displayName="Table13" ref="A1:C443" totalsRowShown="0">
+  <x:autoFilter ref="A1:C443"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>46018.75</x:v>
+        <x:v>46236.0833333333</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -575,6069 +575,5937 @@
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId10"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C95"/>
+  <x:dimension ref="A1:C89"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>44924</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>17.5</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>44931</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>11.34</x:v>
+        <x:v>14.24</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>44938</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>9.58</x:v>
+        <x:v>11.34</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>44945</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>13.72</x:v>
+        <x:v>11.15</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>44952</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>10.36</x:v>
+        <x:v>14.58</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>44959</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>10.89</x:v>
+        <x:v>14.21</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>44966</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>4.82</x:v>
+        <x:v>7.58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>44973</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>14.24</x:v>
+        <x:v>5.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>44980</x:v>
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>11.34</x:v>
+        <x:v>6.29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>44987</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>11.15</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>44994</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>14.58</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>45001</x:v>
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>14.21</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>45008</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>7.58</x:v>
+        <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>45015</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>5.46</x:v>
+        <x:v>15.55</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>45020</x:v>
+        <x:v>45064</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>6.29</x:v>
+        <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>45029</x:v>
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>20.32</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>45036</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>16.33</x:v>
+        <x:v>46.11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>45043</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>19.04</x:v>
+        <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>45050</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>6.25</x:v>
+        <x:v>10.73</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>45057</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>15.55</x:v>
+        <x:v>8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>45064</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>16.1</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B23" s="2">
-        <x:v>45070</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
-        <x:v>12.8</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B24" s="2">
-        <x:v>45078</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
-        <x:v>46.11</x:v>
+        <x:v>25.07</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B25" s="2">
-        <x:v>45085</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
-        <x:v>10.67</x:v>
+        <x:v>7.65</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B26" s="2">
-        <x:v>45092</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
-        <x:v>10.73</x:v>
+        <x:v>12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B27" s="2">
-        <x:v>45099</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
-        <x:v>8.93</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B28" s="2">
-        <x:v>45106</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
-        <x:v>17.81</x:v>
+        <x:v>18.44</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B29" s="2">
-        <x:v>45113</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
-        <x:v>21.24</x:v>
+        <x:v>19.69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B30" s="2">
-        <x:v>45120</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
-        <x:v>25.07</x:v>
+        <x:v>12.68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B31" s="2">
-        <x:v>45127</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
-        <x:v>7.65</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B32" s="2">
-        <x:v>45133</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
-        <x:v>12.74</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B33" s="2">
-        <x:v>45141</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
-        <x:v>7.59</x:v>
+        <x:v>26.05</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B34" s="2">
-        <x:v>45148</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
-        <x:v>18.44</x:v>
+        <x:v>14.58</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B35" s="2">
-        <x:v>45155</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
-        <x:v>19.69</x:v>
+        <x:v>31.13</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B36" s="2">
-        <x:v>45162</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
-        <x:v>12.68</x:v>
+        <x:v>35.99</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B37" s="2">
-        <x:v>45169</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
-        <x:v>21.11</x:v>
+        <x:v>10.63</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B38" s="2">
-        <x:v>45176</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
-        <x:v>19.85</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B39" s="2">
-        <x:v>45183</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
-        <x:v>26.05</x:v>
+        <x:v>75.53</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B40" s="2">
-        <x:v>45190</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
-        <x:v>14.58</x:v>
+        <x:v>5.47</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B41" s="2">
-        <x:v>45197</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
-        <x:v>31.13</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B42" s="2">
-        <x:v>45204</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
-        <x:v>35.99</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B43" s="2">
-        <x:v>45211</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
-        <x:v>10.63</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B44" s="2">
-        <x:v>45218</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
-        <x:v>17.81</x:v>
+        <x:v>14.84</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B45" s="2">
-        <x:v>45225</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
-        <x:v>75.53</x:v>
+        <x:v>18.67</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B46" s="2">
-        <x:v>45232</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
-        <x:v>5.47</x:v>
+        <x:v>8.22</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B47" s="2">
-        <x:v>45239</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
-        <x:v>3.23</x:v>
+        <x:v>12.55</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B48" s="2">
-        <x:v>45246</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
-        <x:v>6.62</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B49" s="2">
-        <x:v>45253</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B50" s="2">
-        <x:v>45260</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
-        <x:v>14.84</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B51" s="2">
-        <x:v>45267</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
-        <x:v>18.67</x:v>
+        <x:v>9.83</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B52" s="2">
-        <x:v>45274</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
-        <x:v>8.22</x:v>
+        <x:v>3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B53" s="2">
-        <x:v>45281</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
-        <x:v>12.55</x:v>
+        <x:v>111.43</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B54" s="2">
-        <x:v>45288</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
-        <x:v>16.34</x:v>
+        <x:v>108.3</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B55" s="2">
-        <x:v>45295</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
-        <x:v>19.01</x:v>
+        <x:v>98.49</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B56" s="2">
-        <x:v>45302</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
-        <x:v>18.2</x:v>
+        <x:v>105.67</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B57" s="2">
-        <x:v>45309</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="C57" s="0" t="n">
-        <x:v>9.83</x:v>
+        <x:v>118.87</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B58" s="2">
-        <x:v>45316</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="C58" s="0" t="n">
-        <x:v>3.12</x:v>
+        <x:v>158.26</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B59" s="2">
-        <x:v>45323</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="C59" s="0" t="n">
-        <x:v>111.43</x:v>
+        <x:v>135.79</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B60" s="2">
-        <x:v>45330</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="C60" s="0" t="n">
-        <x:v>108.3</x:v>
+        <x:v>99.48</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B61" s="2">
-        <x:v>45337</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="C61" s="0" t="n">
-        <x:v>98.49</x:v>
+        <x:v>94.97</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B62" s="2">
-        <x:v>45344</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="C62" s="0" t="n">
-        <x:v>105.67</x:v>
+        <x:v>99.14</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B63" s="2">
-        <x:v>45351</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="C63" s="0" t="n">
-        <x:v>118.87</x:v>
+        <x:v>124.03</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B64" s="2">
-        <x:v>45358</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="C64" s="0" t="n">
-        <x:v>158.26</x:v>
+        <x:v>124.48</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B65" s="2">
-        <x:v>45365</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="C65" s="0" t="n">
-        <x:v>135.79</x:v>
+        <x:v>115.93</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B66" s="2">
-        <x:v>45372</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="C66" s="0" t="n">
-        <x:v>99.48</x:v>
+        <x:v>261.03</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B67" s="2">
-        <x:v>45379</x:v>
+        <x:v>45421</x:v>
       </x:c>
       <x:c r="C67" s="0" t="n">
-        <x:v>94.97</x:v>
+        <x:v>198.75</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B68" s="2">
-        <x:v>45386</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="C68" s="0" t="n">
-        <x:v>99.14</x:v>
+        <x:v>125.02</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B69" s="2">
-        <x:v>45393</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="C69" s="0" t="n">
-        <x:v>124.03</x:v>
+        <x:v>125.79</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B70" s="2">
-        <x:v>45400</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="C70" s="0" t="n">
-        <x:v>124.48</x:v>
+        <x:v>172.69</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B71" s="2">
-        <x:v>45407</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="C71" s="0" t="n">
-        <x:v>115.93</x:v>
+        <x:v>154.64</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B72" s="2">
-        <x:v>45414</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="C72" s="0" t="n">
-        <x:v>261.03</x:v>
+        <x:v>43.13</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B73" s="2">
-        <x:v>45421</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="C73" s="0" t="n">
-        <x:v>198.75</x:v>
+        <x:v>15.65</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B74" s="2">
-        <x:v>45428</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="C74" s="0" t="n">
-        <x:v>125.02</x:v>
+        <x:v>8.04</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B75" s="2">
-        <x:v>45435</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="C75" s="0" t="n">
-        <x:v>125.79</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B76" s="2">
-        <x:v>45442</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="C76" s="0" t="n">
-        <x:v>172.69</x:v>
+        <x:v>15.44</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B77" s="2">
-        <x:v>45449</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="C77" s="0" t="n">
-        <x:v>154.64</x:v>
+        <x:v>13.93</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B78" s="2">
-        <x:v>45456</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="C78" s="0" t="n">
-        <x:v>43.13</x:v>
+        <x:v>14.16</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B79" s="2">
-        <x:v>45463</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="C79" s="0" t="n">
-        <x:v>15.65</x:v>
+        <x:v>158.75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B80" s="2">
-        <x:v>45470</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="C80" s="0" t="n">
-        <x:v>8.04</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B81" s="2">
-        <x:v>45477</x:v>
+        <x:v>45519</x:v>
       </x:c>
       <x:c r="C81" s="0" t="n">
-        <x:v>20.74</x:v>
+        <x:v>37.56</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B82" s="2">
-        <x:v>45484</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="C82" s="0" t="n">
-        <x:v>15.44</x:v>
+        <x:v>27.45</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B83" s="2">
-        <x:v>45491</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="C83" s="0" t="n">
-        <x:v>13.93</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B84" s="2">
-        <x:v>45498</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="C84" s="0" t="n">
-        <x:v>14.16</x:v>
+        <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B85" s="2">
-        <x:v>45505</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="C85" s="0" t="n">
-        <x:v>158.75</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B86" s="2">
-        <x:v>45512</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="C86" s="0" t="n">
-        <x:v>20.03</x:v>
+        <x:v>9.79</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B87" s="2">
-        <x:v>45519</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="C87" s="0" t="n">
-        <x:v>37.56</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B88" s="2">
-        <x:v>45526</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="C88" s="0" t="n">
-        <x:v>27.45</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:3">
       <x:c r="A89" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B89" s="2">
-        <x:v>45533</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="C89" s="0" t="n">
-        <x:v>2.94</x:v>
-[...64 lines deleted...]
-      <x:c r="C95" s="0" t="n">
         <x:v>21.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId11"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C449"/>
+  <x:dimension ref="A1:C443"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>42369</x:v>
+        <x:v>42411</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>351.41</x:v>
+        <x:v>255.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>42376</x:v>
+        <x:v>42418</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>317.33</x:v>
+        <x:v>286.24</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>42383</x:v>
+        <x:v>42425</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>293.39</x:v>
+        <x:v>279.74</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>42390</x:v>
+        <x:v>42432</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>295.22</x:v>
+        <x:v>251.96</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>42397</x:v>
+        <x:v>42439</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>278.09</x:v>
+        <x:v>190.11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>42404</x:v>
+        <x:v>42446</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>277.74</x:v>
+        <x:v>190.21</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>42411</x:v>
+        <x:v>42452</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>255.17</x:v>
+        <x:v>277.77</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>42418</x:v>
+        <x:v>42460</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>286.24</x:v>
+        <x:v>271.23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>42425</x:v>
+        <x:v>42467</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>279.74</x:v>
+        <x:v>251.42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>42432</x:v>
+        <x:v>42474</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>251.96</x:v>
+        <x:v>106.82</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>42439</x:v>
+        <x:v>42481</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>190.11</x:v>
+        <x:v>111.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>42446</x:v>
+        <x:v>42487</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>190.21</x:v>
+        <x:v>113.11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>42452</x:v>
+        <x:v>42495</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>277.77</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>42460</x:v>
+        <x:v>42500</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>271.23</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>42467</x:v>
+        <x:v>42509</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>251.42</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>42474</x:v>
+        <x:v>42516</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>106.82</x:v>
+        <x:v>13.07</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>42481</x:v>
+        <x:v>42523</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>111.51</x:v>
+        <x:v>54.12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>42487</x:v>
+        <x:v>42530</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>113.11</x:v>
+        <x:v>12.37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>42495</x:v>
+        <x:v>42537</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>15.97</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>42500</x:v>
+        <x:v>42544</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>0.84</x:v>
+        <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>42509</x:v>
+        <x:v>42551</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>12.1</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B23" s="2">
-        <x:v>42516</x:v>
+        <x:v>42558</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
-        <x:v>13.07</x:v>
+        <x:v>10.08</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B24" s="2">
-        <x:v>42523</x:v>
+        <x:v>42565</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
-        <x:v>54.12</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B25" s="2">
-        <x:v>42530</x:v>
+        <x:v>42579</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
-        <x:v>12.37</x:v>
+        <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B26" s="2">
-        <x:v>42537</x:v>
+        <x:v>42586</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
-        <x:v>15.97</x:v>
+        <x:v>65.12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B27" s="2">
-        <x:v>42544</x:v>
+        <x:v>42593</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
-        <x:v>4.29</x:v>
+        <x:v>62.27</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B28" s="2">
-        <x:v>42551</x:v>
+        <x:v>42600</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
-        <x:v>17.19</x:v>
+        <x:v>64.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B29" s="2">
-        <x:v>42558</x:v>
+        <x:v>42607</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
-        <x:v>10.08</x:v>
+        <x:v>46.56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B30" s="2">
-        <x:v>42565</x:v>
+        <x:v>42614</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>88.95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B31" s="2">
-        <x:v>42579</x:v>
+        <x:v>42621</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
-        <x:v>1.93</x:v>
+        <x:v>68.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B32" s="2">
-        <x:v>42586</x:v>
+        <x:v>42628</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
-        <x:v>65.12</x:v>
+        <x:v>62.62</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B33" s="2">
-        <x:v>42593</x:v>
+        <x:v>42635</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
-        <x:v>62.27</x:v>
+        <x:v>60.66</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B34" s="2">
-        <x:v>42600</x:v>
+        <x:v>42642</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
-        <x:v>64.7</x:v>
+        <x:v>64.72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B35" s="2">
-        <x:v>42607</x:v>
+        <x:v>42649</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
-        <x:v>46.56</x:v>
+        <x:v>12.73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B36" s="2">
-        <x:v>42614</x:v>
+        <x:v>42656</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
-        <x:v>88.95</x:v>
+        <x:v>51.37</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B37" s="2">
-        <x:v>42621</x:v>
+        <x:v>42663</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
-        <x:v>68.3</x:v>
+        <x:v>138.61</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B38" s="2">
-        <x:v>42628</x:v>
+        <x:v>42670</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
-        <x:v>62.62</x:v>
+        <x:v>178.7</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B39" s="2">
-        <x:v>42635</x:v>
+        <x:v>42677</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
-        <x:v>60.66</x:v>
+        <x:v>305.84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B40" s="2">
-        <x:v>42642</x:v>
+        <x:v>42684</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
-        <x:v>64.72</x:v>
+        <x:v>376.31</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B41" s="2">
-        <x:v>42649</x:v>
+        <x:v>42691</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
-        <x:v>12.73</x:v>
+        <x:v>370.88</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B42" s="2">
-        <x:v>42656</x:v>
+        <x:v>42698</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
-        <x:v>51.37</x:v>
+        <x:v>387.79</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B43" s="2">
-        <x:v>42663</x:v>
+        <x:v>42705</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
-        <x:v>138.61</x:v>
+        <x:v>423.75</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B44" s="2">
-        <x:v>42670</x:v>
+        <x:v>42712</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
-        <x:v>178.7</x:v>
+        <x:v>474.35</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B45" s="2">
-        <x:v>42677</x:v>
+        <x:v>42719</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
-        <x:v>305.84</x:v>
+        <x:v>485.09</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B46" s="2">
-        <x:v>42684</x:v>
+        <x:v>42726</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
-        <x:v>376.31</x:v>
+        <x:v>484.56</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B47" s="2">
-        <x:v>42691</x:v>
+        <x:v>42733</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
-        <x:v>370.88</x:v>
+        <x:v>486.73</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B48" s="2">
-        <x:v>42698</x:v>
+        <x:v>42740</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
-        <x:v>387.79</x:v>
+        <x:v>506.87</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B49" s="2">
-        <x:v>42705</x:v>
+        <x:v>42747</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
-        <x:v>423.75</x:v>
+        <x:v>494.55</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B50" s="2">
-        <x:v>42712</x:v>
+        <x:v>42754</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
-        <x:v>474.35</x:v>
+        <x:v>532.99</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B51" s="2">
-        <x:v>42719</x:v>
+        <x:v>42761</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
-        <x:v>485.09</x:v>
+        <x:v>546.11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B52" s="2">
-        <x:v>42726</x:v>
+        <x:v>42768</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
-        <x:v>484.56</x:v>
+        <x:v>599.95</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B53" s="2">
-        <x:v>42733</x:v>
+        <x:v>42775</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
-        <x:v>486.73</x:v>
+        <x:v>667.74</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B54" s="2">
-        <x:v>42740</x:v>
+        <x:v>42782</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
-        <x:v>506.87</x:v>
+        <x:v>724.45</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B55" s="2">
-        <x:v>42747</x:v>
+        <x:v>42789</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
-        <x:v>494.55</x:v>
+        <x:v>642.82</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B56" s="2">
-        <x:v>42754</x:v>
+        <x:v>42796</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
-        <x:v>532.99</x:v>
+        <x:v>619.77</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B57" s="2">
-        <x:v>42761</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="C57" s="0" t="n">
-        <x:v>546.11</x:v>
+        <x:v>606.78</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B58" s="2">
-        <x:v>42768</x:v>
+        <x:v>42810</x:v>
       </x:c>
       <x:c r="C58" s="0" t="n">
-        <x:v>599.95</x:v>
+        <x:v>633.8</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B59" s="2">
-        <x:v>42775</x:v>
+        <x:v>42817</x:v>
       </x:c>
       <x:c r="C59" s="0" t="n">
-        <x:v>667.74</x:v>
+        <x:v>636.54</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B60" s="2">
-        <x:v>42782</x:v>
+        <x:v>42824</x:v>
       </x:c>
       <x:c r="C60" s="0" t="n">
-        <x:v>724.45</x:v>
+        <x:v>709.81</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B61" s="2">
-        <x:v>42789</x:v>
+        <x:v>42831</x:v>
       </x:c>
       <x:c r="C61" s="0" t="n">
-        <x:v>642.82</x:v>
+        <x:v>733.29</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B62" s="2">
-        <x:v>42796</x:v>
+        <x:v>42838</x:v>
       </x:c>
       <x:c r="C62" s="0" t="n">
-        <x:v>619.77</x:v>
+        <x:v>721.39</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B63" s="2">
-        <x:v>42803</x:v>
+        <x:v>42845</x:v>
       </x:c>
       <x:c r="C63" s="0" t="n">
-        <x:v>606.78</x:v>
+        <x:v>739.53</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B64" s="2">
-        <x:v>42810</x:v>
+        <x:v>42852</x:v>
       </x:c>
       <x:c r="C64" s="0" t="n">
-        <x:v>633.8</x:v>
+        <x:v>776.75</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B65" s="2">
-        <x:v>42817</x:v>
+        <x:v>42859</x:v>
       </x:c>
       <x:c r="C65" s="0" t="n">
-        <x:v>636.54</x:v>
+        <x:v>746.74</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B66" s="2">
-        <x:v>42824</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="C66" s="0" t="n">
-        <x:v>709.81</x:v>
+        <x:v>795.38</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B67" s="2">
-        <x:v>42831</x:v>
+        <x:v>42873</x:v>
       </x:c>
       <x:c r="C67" s="0" t="n">
-        <x:v>733.29</x:v>
+        <x:v>808.87</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B68" s="2">
-        <x:v>42838</x:v>
+        <x:v>42880</x:v>
       </x:c>
       <x:c r="C68" s="0" t="n">
-        <x:v>721.39</x:v>
+        <x:v>824.1</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B69" s="2">
-        <x:v>42845</x:v>
+        <x:v>42887</x:v>
       </x:c>
       <x:c r="C69" s="0" t="n">
-        <x:v>739.53</x:v>
+        <x:v>844.71</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B70" s="2">
-        <x:v>42852</x:v>
+        <x:v>42894</x:v>
       </x:c>
       <x:c r="C70" s="0" t="n">
-        <x:v>776.75</x:v>
+        <x:v>955.12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B71" s="2">
-        <x:v>42859</x:v>
+        <x:v>42901</x:v>
       </x:c>
       <x:c r="C71" s="0" t="n">
-        <x:v>746.74</x:v>
+        <x:v>964.82</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B72" s="2">
-        <x:v>42866</x:v>
+        <x:v>42908</x:v>
       </x:c>
       <x:c r="C72" s="0" t="n">
-        <x:v>795.38</x:v>
+        <x:v>945.43</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B73" s="2">
-        <x:v>42873</x:v>
+        <x:v>42915</x:v>
       </x:c>
       <x:c r="C73" s="0" t="n">
-        <x:v>808.87</x:v>
+        <x:v>855.87</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B74" s="2">
-        <x:v>42880</x:v>
+        <x:v>42922</x:v>
       </x:c>
       <x:c r="C74" s="0" t="n">
-        <x:v>824.1</x:v>
+        <x:v>863.68</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B75" s="2">
-        <x:v>42887</x:v>
+        <x:v>42929</x:v>
       </x:c>
       <x:c r="C75" s="0" t="n">
-        <x:v>844.71</x:v>
+        <x:v>834.9</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B76" s="2">
-        <x:v>42894</x:v>
+        <x:v>42936</x:v>
       </x:c>
       <x:c r="C76" s="0" t="n">
-        <x:v>955.12</x:v>
+        <x:v>789.21</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B77" s="2">
-        <x:v>42901</x:v>
+        <x:v>42943</x:v>
       </x:c>
       <x:c r="C77" s="0" t="n">
-        <x:v>964.82</x:v>
+        <x:v>754.93</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B78" s="2">
-        <x:v>42908</x:v>
+        <x:v>42950</x:v>
       </x:c>
       <x:c r="C78" s="0" t="n">
-        <x:v>945.43</x:v>
+        <x:v>736.04</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B79" s="2">
-        <x:v>42915</x:v>
+        <x:v>42957</x:v>
       </x:c>
       <x:c r="C79" s="0" t="n">
-        <x:v>855.87</x:v>
+        <x:v>129.44</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B80" s="2">
-        <x:v>42922</x:v>
+        <x:v>42964</x:v>
       </x:c>
       <x:c r="C80" s="0" t="n">
-        <x:v>863.68</x:v>
+        <x:v>102.12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B81" s="2">
-        <x:v>42929</x:v>
+        <x:v>42971</x:v>
       </x:c>
       <x:c r="C81" s="0" t="n">
-        <x:v>834.9</x:v>
+        <x:v>47.15</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B82" s="2">
-        <x:v>42936</x:v>
+        <x:v>42978</x:v>
       </x:c>
       <x:c r="C82" s="0" t="n">
-        <x:v>789.21</x:v>
+        <x:v>41.24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B83" s="2">
-        <x:v>42943</x:v>
+        <x:v>42985</x:v>
       </x:c>
       <x:c r="C83" s="0" t="n">
-        <x:v>754.93</x:v>
+        <x:v>49.43</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B84" s="2">
-        <x:v>42950</x:v>
+        <x:v>42992</x:v>
       </x:c>
       <x:c r="C84" s="0" t="n">
-        <x:v>736.04</x:v>
+        <x:v>40.06</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B85" s="2">
-        <x:v>42957</x:v>
+        <x:v>42997</x:v>
       </x:c>
       <x:c r="C85" s="0" t="n">
-        <x:v>129.44</x:v>
+        <x:v>49.82</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B86" s="2">
-        <x:v>42964</x:v>
+        <x:v>43006</x:v>
       </x:c>
       <x:c r="C86" s="0" t="n">
-        <x:v>102.12</x:v>
+        <x:v>56.28</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B87" s="2">
-        <x:v>42971</x:v>
+        <x:v>43011</x:v>
       </x:c>
       <x:c r="C87" s="0" t="n">
-        <x:v>47.15</x:v>
+        <x:v>91.34</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B88" s="2">
-        <x:v>42978</x:v>
+        <x:v>43018</x:v>
       </x:c>
       <x:c r="C88" s="0" t="n">
-        <x:v>41.24</x:v>
+        <x:v>86.24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:3">
       <x:c r="A89" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B89" s="2">
-        <x:v>42985</x:v>
+        <x:v>43027</x:v>
       </x:c>
       <x:c r="C89" s="0" t="n">
-        <x:v>49.43</x:v>
+        <x:v>47.76</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B90" s="2">
-        <x:v>42992</x:v>
+        <x:v>43034</x:v>
       </x:c>
       <x:c r="C90" s="0" t="n">
-        <x:v>40.06</x:v>
+        <x:v>131.13</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:3">
       <x:c r="A91" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B91" s="2">
-        <x:v>42997</x:v>
+        <x:v>43041</x:v>
       </x:c>
       <x:c r="C91" s="0" t="n">
-        <x:v>49.82</x:v>
+        <x:v>98.88</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:3">
       <x:c r="A92" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B92" s="2">
-        <x:v>43006</x:v>
+        <x:v>43048</x:v>
       </x:c>
       <x:c r="C92" s="0" t="n">
-        <x:v>56.28</x:v>
+        <x:v>74.84</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:3">
       <x:c r="A93" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B93" s="2">
-        <x:v>43011</x:v>
+        <x:v>43055</x:v>
       </x:c>
       <x:c r="C93" s="0" t="n">
-        <x:v>91.34</x:v>
+        <x:v>74.75</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:3">
       <x:c r="A94" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B94" s="2">
-        <x:v>43018</x:v>
+        <x:v>43062</x:v>
       </x:c>
       <x:c r="C94" s="0" t="n">
-        <x:v>86.24</x:v>
+        <x:v>110.85</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:3">
       <x:c r="A95" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B95" s="2">
-        <x:v>43027</x:v>
+        <x:v>43069</x:v>
       </x:c>
       <x:c r="C95" s="0" t="n">
-        <x:v>47.76</x:v>
+        <x:v>45.28</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:3">
       <x:c r="A96" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B96" s="2">
-        <x:v>43034</x:v>
+        <x:v>43076</x:v>
       </x:c>
       <x:c r="C96" s="0" t="n">
-        <x:v>131.13</x:v>
+        <x:v>43.02</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:3">
       <x:c r="A97" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B97" s="2">
-        <x:v>43041</x:v>
+        <x:v>43083</x:v>
       </x:c>
       <x:c r="C97" s="0" t="n">
-        <x:v>98.88</x:v>
+        <x:v>44.5</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:3">
       <x:c r="A98" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B98" s="2">
-        <x:v>43048</x:v>
+        <x:v>43090</x:v>
       </x:c>
       <x:c r="C98" s="0" t="n">
-        <x:v>74.84</x:v>
+        <x:v>42.16</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:3">
       <x:c r="A99" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B99" s="2">
-        <x:v>43055</x:v>
+        <x:v>43097</x:v>
       </x:c>
       <x:c r="C99" s="0" t="n">
-        <x:v>74.75</x:v>
+        <x:v>62.65</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:3">
       <x:c r="A100" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B100" s="2">
-        <x:v>43062</x:v>
+        <x:v>43104</x:v>
       </x:c>
       <x:c r="C100" s="0" t="n">
-        <x:v>110.85</x:v>
+        <x:v>43.2</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:3">
       <x:c r="A101" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B101" s="2">
-        <x:v>43069</x:v>
+        <x:v>43111</x:v>
       </x:c>
       <x:c r="C101" s="0" t="n">
-        <x:v>45.28</x:v>
+        <x:v>44.24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:3">
       <x:c r="A102" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B102" s="2">
-        <x:v>43076</x:v>
+        <x:v>43118</x:v>
       </x:c>
       <x:c r="C102" s="0" t="n">
-        <x:v>43.02</x:v>
+        <x:v>43.42</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:3">
       <x:c r="A103" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B103" s="2">
-        <x:v>43083</x:v>
+        <x:v>43125</x:v>
       </x:c>
       <x:c r="C103" s="0" t="n">
-        <x:v>44.5</x:v>
+        <x:v>44.81</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:3">
       <x:c r="A104" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B104" s="2">
-        <x:v>43090</x:v>
+        <x:v>43132</x:v>
       </x:c>
       <x:c r="C104" s="0" t="n">
-        <x:v>42.16</x:v>
+        <x:v>55.79</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:3">
       <x:c r="A105" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B105" s="2">
-        <x:v>43097</x:v>
+        <x:v>43167</x:v>
       </x:c>
       <x:c r="C105" s="0" t="n">
-        <x:v>62.65</x:v>
+        <x:v>48.42</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:3">
       <x:c r="A106" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B106" s="2">
-        <x:v>43104</x:v>
+        <x:v>43174</x:v>
       </x:c>
       <x:c r="C106" s="0" t="n">
-        <x:v>43.2</x:v>
+        <x:v>47.85</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:3">
       <x:c r="A107" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B107" s="2">
-        <x:v>43111</x:v>
+        <x:v>43181</x:v>
       </x:c>
       <x:c r="C107" s="0" t="n">
-        <x:v>44.24</x:v>
+        <x:v>53.88</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:3">
       <x:c r="A108" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B108" s="2">
-        <x:v>43118</x:v>
+        <x:v>43188</x:v>
       </x:c>
       <x:c r="C108" s="0" t="n">
-        <x:v>43.42</x:v>
+        <x:v>55.29</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:3">
       <x:c r="A109" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B109" s="2">
-        <x:v>43125</x:v>
+        <x:v>43194</x:v>
       </x:c>
       <x:c r="C109" s="0" t="n">
-        <x:v>44.81</x:v>
+        <x:v>49.52</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:3">
       <x:c r="A110" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B110" s="2">
-        <x:v>43132</x:v>
+        <x:v>43202</x:v>
       </x:c>
       <x:c r="C110" s="0" t="n">
-        <x:v>55.79</x:v>
+        <x:v>71.04</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:3">
       <x:c r="A111" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B111" s="2">
-        <x:v>43167</x:v>
+        <x:v>43207</x:v>
       </x:c>
       <x:c r="C111" s="0" t="n">
-        <x:v>48.42</x:v>
+        <x:v>45.36</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:3">
       <x:c r="A112" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B112" s="2">
-        <x:v>43174</x:v>
+        <x:v>43216</x:v>
       </x:c>
       <x:c r="C112" s="0" t="n">
-        <x:v>47.85</x:v>
+        <x:v>65.81</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:3">
       <x:c r="A113" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B113" s="2">
-        <x:v>43181</x:v>
+        <x:v>43223</x:v>
       </x:c>
       <x:c r="C113" s="0" t="n">
-        <x:v>53.88</x:v>
+        <x:v>78.9</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:3">
       <x:c r="A114" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B114" s="2">
-        <x:v>43188</x:v>
+        <x:v>43230</x:v>
       </x:c>
       <x:c r="C114" s="0" t="n">
-        <x:v>55.29</x:v>
+        <x:v>52.45</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:3">
       <x:c r="A115" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B115" s="2">
-        <x:v>43194</x:v>
+        <x:v>43237</x:v>
       </x:c>
       <x:c r="C115" s="0" t="n">
-        <x:v>49.52</x:v>
+        <x:v>41.38</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:3">
       <x:c r="A116" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B116" s="2">
-        <x:v>43202</x:v>
+        <x:v>43244</x:v>
       </x:c>
       <x:c r="C116" s="0" t="n">
-        <x:v>71.04</x:v>
+        <x:v>41.16</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:3">
       <x:c r="A117" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B117" s="2">
-        <x:v>43207</x:v>
+        <x:v>43251</x:v>
       </x:c>
       <x:c r="C117" s="0" t="n">
-        <x:v>45.36</x:v>
+        <x:v>39.92</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:3">
       <x:c r="A118" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B118" s="2">
-        <x:v>43216</x:v>
+        <x:v>43258</x:v>
       </x:c>
       <x:c r="C118" s="0" t="n">
-        <x:v>65.81</x:v>
+        <x:v>36.86</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:3">
       <x:c r="A119" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B119" s="2">
-        <x:v>43223</x:v>
+        <x:v>43265</x:v>
       </x:c>
       <x:c r="C119" s="0" t="n">
-        <x:v>78.9</x:v>
+        <x:v>40.66</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:3">
       <x:c r="A120" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B120" s="2">
-        <x:v>43230</x:v>
+        <x:v>43272</x:v>
       </x:c>
       <x:c r="C120" s="0" t="n">
-        <x:v>52.45</x:v>
+        <x:v>34.14</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:3">
       <x:c r="A121" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B121" s="2">
-        <x:v>43237</x:v>
+        <x:v>43279</x:v>
       </x:c>
       <x:c r="C121" s="0" t="n">
-        <x:v>41.38</x:v>
+        <x:v>36.02</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:3">
       <x:c r="A122" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B122" s="2">
-        <x:v>43244</x:v>
+        <x:v>43286</x:v>
       </x:c>
       <x:c r="C122" s="0" t="n">
-        <x:v>41.16</x:v>
+        <x:v>37.78</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:3">
       <x:c r="A123" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B123" s="2">
-        <x:v>43251</x:v>
+        <x:v>43293</x:v>
       </x:c>
       <x:c r="C123" s="0" t="n">
-        <x:v>39.92</x:v>
+        <x:v>55.9</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:3">
       <x:c r="A124" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B124" s="2">
-        <x:v>43258</x:v>
+        <x:v>43300</x:v>
       </x:c>
       <x:c r="C124" s="0" t="n">
-        <x:v>36.86</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:3">
       <x:c r="A125" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B125" s="2">
-        <x:v>43265</x:v>
+        <x:v>43307</x:v>
       </x:c>
       <x:c r="C125" s="0" t="n">
-        <x:v>40.66</x:v>
+        <x:v>15.91</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:3">
       <x:c r="A126" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B126" s="2">
-        <x:v>43272</x:v>
+        <x:v>43314</x:v>
       </x:c>
       <x:c r="C126" s="0" t="n">
-        <x:v>34.14</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:3">
       <x:c r="A127" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B127" s="2">
-        <x:v>43279</x:v>
+        <x:v>43321</x:v>
       </x:c>
       <x:c r="C127" s="0" t="n">
-        <x:v>36.02</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:3">
       <x:c r="A128" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B128" s="2">
-        <x:v>43286</x:v>
+        <x:v>43328</x:v>
       </x:c>
       <x:c r="C128" s="0" t="n">
-        <x:v>37.78</x:v>
+        <x:v>6.43</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:3">
       <x:c r="A129" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B129" s="2">
-        <x:v>43293</x:v>
+        <x:v>43335</x:v>
       </x:c>
       <x:c r="C129" s="0" t="n">
-        <x:v>55.9</x:v>
+        <x:v>147.78</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:3">
       <x:c r="A130" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B130" s="2">
-        <x:v>43300</x:v>
+        <x:v>43342</x:v>
       </x:c>
       <x:c r="C130" s="0" t="n">
-        <x:v>17.97</x:v>
+        <x:v>148.44</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:3">
       <x:c r="A131" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B131" s="2">
-        <x:v>43307</x:v>
+        <x:v>43349</x:v>
       </x:c>
       <x:c r="C131" s="0" t="n">
-        <x:v>15.91</x:v>
+        <x:v>106.93</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:3">
       <x:c r="A132" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B132" s="2">
-        <x:v>43314</x:v>
+        <x:v>43356</x:v>
       </x:c>
       <x:c r="C132" s="0" t="n">
-        <x:v>16.72</x:v>
+        <x:v>121.34</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:3">
       <x:c r="A133" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B133" s="2">
-        <x:v>43321</x:v>
+        <x:v>43363</x:v>
       </x:c>
       <x:c r="C133" s="0" t="n">
-        <x:v>16.34</x:v>
+        <x:v>89.1</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:3">
       <x:c r="A134" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B134" s="2">
-        <x:v>43328</x:v>
+        <x:v>43370</x:v>
       </x:c>
       <x:c r="C134" s="0" t="n">
-        <x:v>6.43</x:v>
+        <x:v>109.58</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:3">
       <x:c r="A135" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B135" s="2">
-        <x:v>43335</x:v>
+        <x:v>43377</x:v>
       </x:c>
       <x:c r="C135" s="0" t="n">
-        <x:v>147.78</x:v>
+        <x:v>137.55</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:3">
       <x:c r="A136" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B136" s="2">
-        <x:v>43342</x:v>
+        <x:v>43384</x:v>
       </x:c>
       <x:c r="C136" s="0" t="n">
-        <x:v>148.44</x:v>
+        <x:v>84.36</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:3">
       <x:c r="A137" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B137" s="2">
-        <x:v>43349</x:v>
+        <x:v>43391</x:v>
       </x:c>
       <x:c r="C137" s="0" t="n">
-        <x:v>106.93</x:v>
+        <x:v>97.93</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:3">
       <x:c r="A138" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B138" s="2">
-        <x:v>43356</x:v>
+        <x:v>43398</x:v>
       </x:c>
       <x:c r="C138" s="0" t="n">
-        <x:v>121.34</x:v>
+        <x:v>79.8</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:3">
       <x:c r="A139" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B139" s="2">
-        <x:v>43363</x:v>
+        <x:v>43405</x:v>
       </x:c>
       <x:c r="C139" s="0" t="n">
-        <x:v>89.1</x:v>
+        <x:v>82.55</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:3">
       <x:c r="A140" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B140" s="2">
-        <x:v>43370</x:v>
+        <x:v>43412</x:v>
       </x:c>
       <x:c r="C140" s="0" t="n">
-        <x:v>109.58</x:v>
+        <x:v>111.41</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:3">
       <x:c r="A141" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B141" s="2">
-        <x:v>43377</x:v>
+        <x:v>43419</x:v>
       </x:c>
       <x:c r="C141" s="0" t="n">
-        <x:v>137.55</x:v>
+        <x:v>79.46</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:3">
       <x:c r="A142" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B142" s="2">
-        <x:v>43384</x:v>
+        <x:v>43426</x:v>
       </x:c>
       <x:c r="C142" s="0" t="n">
-        <x:v>84.36</x:v>
+        <x:v>9.44</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:3">
       <x:c r="A143" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B143" s="2">
-        <x:v>43391</x:v>
+        <x:v>43433</x:v>
       </x:c>
       <x:c r="C143" s="0" t="n">
-        <x:v>97.93</x:v>
+        <x:v>18.18</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:3">
       <x:c r="A144" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B144" s="2">
-        <x:v>43398</x:v>
+        <x:v>43440</x:v>
       </x:c>
       <x:c r="C144" s="0" t="n">
-        <x:v>79.8</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:3">
       <x:c r="A145" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B145" s="2">
-        <x:v>43405</x:v>
+        <x:v>43447</x:v>
       </x:c>
       <x:c r="C145" s="0" t="n">
-        <x:v>82.55</x:v>
+        <x:v>6.31</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:3">
       <x:c r="A146" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B146" s="2">
-        <x:v>43412</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="C146" s="0" t="n">
-        <x:v>111.41</x:v>
+        <x:v>13.55</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:3">
       <x:c r="A147" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B147" s="2">
-        <x:v>43419</x:v>
+        <x:v>43461</x:v>
       </x:c>
       <x:c r="C147" s="0" t="n">
-        <x:v>79.46</x:v>
+        <x:v>18.03</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:3">
       <x:c r="A148" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B148" s="2">
-        <x:v>43426</x:v>
+        <x:v>43468</x:v>
       </x:c>
       <x:c r="C148" s="0" t="n">
-        <x:v>9.44</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:3">
       <x:c r="A149" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B149" s="2">
-        <x:v>43433</x:v>
+        <x:v>43475</x:v>
       </x:c>
       <x:c r="C149" s="0" t="n">
-        <x:v>18.18</x:v>
+        <x:v>9.76</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:3">
       <x:c r="A150" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B150" s="2">
-        <x:v>43440</x:v>
+        <x:v>43482</x:v>
       </x:c>
       <x:c r="C150" s="0" t="n">
-        <x:v>0.11</x:v>
+        <x:v>25.48</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:3">
       <x:c r="A151" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B151" s="2">
-        <x:v>43447</x:v>
+        <x:v>43489</x:v>
       </x:c>
       <x:c r="C151" s="0" t="n">
-        <x:v>6.31</x:v>
+        <x:v>0.54</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:3">
       <x:c r="A152" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B152" s="2">
-        <x:v>43454</x:v>
+        <x:v>43496</x:v>
       </x:c>
       <x:c r="C152" s="0" t="n">
-        <x:v>13.55</x:v>
+        <x:v>8.75</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:3">
       <x:c r="A153" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B153" s="2">
-        <x:v>43461</x:v>
+        <x:v>43503</x:v>
       </x:c>
       <x:c r="C153" s="0" t="n">
-        <x:v>18.03</x:v>
+        <x:v>3.05</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:3">
       <x:c r="A154" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B154" s="2">
-        <x:v>43468</x:v>
+        <x:v>43510</x:v>
       </x:c>
       <x:c r="C154" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:3">
       <x:c r="A155" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B155" s="2">
-        <x:v>43475</x:v>
+        <x:v>43517</x:v>
       </x:c>
       <x:c r="C155" s="0" t="n">
-        <x:v>9.76</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:3">
       <x:c r="A156" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B156" s="2">
-        <x:v>43482</x:v>
+        <x:v>43524</x:v>
       </x:c>
       <x:c r="C156" s="0" t="n">
-        <x:v>25.48</x:v>
+        <x:v>8.85</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:3">
       <x:c r="A157" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B157" s="2">
-        <x:v>43489</x:v>
+        <x:v>43531</x:v>
       </x:c>
       <x:c r="C157" s="0" t="n">
-        <x:v>0.54</x:v>
+        <x:v>188.15</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:3">
       <x:c r="A158" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B158" s="2">
-        <x:v>43496</x:v>
+        <x:v>43538</x:v>
       </x:c>
       <x:c r="C158" s="0" t="n">
-        <x:v>8.75</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:3">
       <x:c r="A159" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B159" s="2">
-        <x:v>43503</x:v>
+        <x:v>43544</x:v>
       </x:c>
       <x:c r="C159" s="0" t="n">
-        <x:v>3.05</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:3">
       <x:c r="A160" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B160" s="2">
-        <x:v>43510</x:v>
+        <x:v>43552</x:v>
       </x:c>
       <x:c r="C160" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:3">
       <x:c r="A161" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B161" s="2">
-        <x:v>43517</x:v>
+        <x:v>43559</x:v>
       </x:c>
       <x:c r="C161" s="0" t="n">
-        <x:v>0.05</x:v>
+        <x:v>61.44</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:3">
       <x:c r="A162" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B162" s="2">
-        <x:v>43524</x:v>
+        <x:v>43566</x:v>
       </x:c>
       <x:c r="C162" s="0" t="n">
-        <x:v>8.85</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:3">
       <x:c r="A163" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B163" s="2">
-        <x:v>43531</x:v>
+        <x:v>43573</x:v>
       </x:c>
       <x:c r="C163" s="0" t="n">
-        <x:v>188.15</x:v>
+        <x:v>7.86</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:3">
       <x:c r="A164" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B164" s="2">
-        <x:v>43538</x:v>
+        <x:v>43579</x:v>
       </x:c>
       <x:c r="C164" s="0" t="n">
-        <x:v>7.6</x:v>
+        <x:v>5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:3">
       <x:c r="A165" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B165" s="2">
-        <x:v>43544</x:v>
+        <x:v>43587</x:v>
       </x:c>
       <x:c r="C165" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:3">
       <x:c r="A166" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B166" s="2">
-        <x:v>43552</x:v>
+        <x:v>43592</x:v>
       </x:c>
       <x:c r="C166" s="0" t="n">
-        <x:v>1.07</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:3">
       <x:c r="A167" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B167" s="2">
-        <x:v>43559</x:v>
+        <x:v>43601</x:v>
       </x:c>
       <x:c r="C167" s="0" t="n">
-        <x:v>61.44</x:v>
+        <x:v>10.45</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:3">
       <x:c r="A168" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B168" s="2">
-        <x:v>43566</x:v>
+        <x:v>43608</x:v>
       </x:c>
       <x:c r="C168" s="0" t="n">
-        <x:v>0.01</x:v>
+        <x:v>11.53</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:3">
       <x:c r="A169" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B169" s="2">
-        <x:v>43573</x:v>
+        <x:v>43615</x:v>
       </x:c>
       <x:c r="C169" s="0" t="n">
-        <x:v>7.86</x:v>
+        <x:v>11.33</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:3">
       <x:c r="A170" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B170" s="2">
-        <x:v>43579</x:v>
+        <x:v>43622</x:v>
       </x:c>
       <x:c r="C170" s="0" t="n">
-        <x:v>5.51</x:v>
+        <x:v>11.83</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:3">
       <x:c r="A171" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B171" s="2">
-        <x:v>43587</x:v>
+        <x:v>43629</x:v>
       </x:c>
       <x:c r="C171" s="0" t="n">
-        <x:v>20.67</x:v>
+        <x:v>11.76</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:3">
       <x:c r="A172" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B172" s="2">
-        <x:v>43592</x:v>
+        <x:v>43636</x:v>
       </x:c>
       <x:c r="C172" s="0" t="n">
-        <x:v>8.44</x:v>
+        <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:3">
       <x:c r="A173" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B173" s="2">
-        <x:v>43601</x:v>
+        <x:v>43643</x:v>
       </x:c>
       <x:c r="C173" s="0" t="n">
-        <x:v>10.45</x:v>
+        <x:v>15.18</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:3">
       <x:c r="A174" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B174" s="2">
-        <x:v>43608</x:v>
+        <x:v>43650</x:v>
       </x:c>
       <x:c r="C174" s="0" t="n">
-        <x:v>11.53</x:v>
+        <x:v>15.66</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:3">
       <x:c r="A175" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B175" s="2">
-        <x:v>43615</x:v>
+        <x:v>43657</x:v>
       </x:c>
       <x:c r="C175" s="0" t="n">
-        <x:v>11.33</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:3">
       <x:c r="A176" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B176" s="2">
-        <x:v>43622</x:v>
+        <x:v>43664</x:v>
       </x:c>
       <x:c r="C176" s="0" t="n">
-        <x:v>11.83</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:3">
       <x:c r="A177" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B177" s="2">
-        <x:v>43629</x:v>
+        <x:v>43671</x:v>
       </x:c>
       <x:c r="C177" s="0" t="n">
-        <x:v>11.76</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:3">
       <x:c r="A178" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B178" s="2">
-        <x:v>43636</x:v>
+        <x:v>43685</x:v>
       </x:c>
       <x:c r="C178" s="0" t="n">
-        <x:v>12.72</x:v>
+        <x:v>6.98</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:3">
       <x:c r="A179" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B179" s="2">
-        <x:v>43643</x:v>
+        <x:v>43692</x:v>
       </x:c>
       <x:c r="C179" s="0" t="n">
-        <x:v>15.18</x:v>
+        <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:3">
       <x:c r="A180" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B180" s="2">
-        <x:v>43650</x:v>
+        <x:v>43699</x:v>
       </x:c>
       <x:c r="C180" s="0" t="n">
-        <x:v>15.66</x:v>
+        <x:v>5.34</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:3">
       <x:c r="A181" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B181" s="2">
-        <x:v>43657</x:v>
+        <x:v>43706</x:v>
       </x:c>
       <x:c r="C181" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:3">
       <x:c r="A182" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B182" s="2">
-        <x:v>43664</x:v>
+        <x:v>43713</x:v>
       </x:c>
       <x:c r="C182" s="0" t="n">
-        <x:v>9.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:3">
       <x:c r="A183" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B183" s="2">
-        <x:v>43671</x:v>
+        <x:v>43720</x:v>
       </x:c>
       <x:c r="C183" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:3">
       <x:c r="A184" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B184" s="2">
-        <x:v>43685</x:v>
+        <x:v>43727</x:v>
       </x:c>
       <x:c r="C184" s="0" t="n">
-        <x:v>6.98</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:3">
       <x:c r="A185" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B185" s="2">
-        <x:v>43692</x:v>
+        <x:v>43734</x:v>
       </x:c>
       <x:c r="C185" s="0" t="n">
-        <x:v>11.45</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:3">
       <x:c r="A186" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B186" s="2">
-        <x:v>43699</x:v>
+        <x:v>43741</x:v>
       </x:c>
       <x:c r="C186" s="0" t="n">
-        <x:v>5.34</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:3">
       <x:c r="A187" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B187" s="2">
-        <x:v>43706</x:v>
+        <x:v>43748</x:v>
       </x:c>
       <x:c r="C187" s="0" t="n">
-        <x:v>2.65</x:v>
+        <x:v>21.89</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:3">
       <x:c r="A188" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B188" s="2">
-        <x:v>43713</x:v>
+        <x:v>43755</x:v>
       </x:c>
       <x:c r="C188" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:3">
       <x:c r="A189" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B189" s="2">
-        <x:v>43720</x:v>
+        <x:v>43762</x:v>
       </x:c>
       <x:c r="C189" s="0" t="n">
-        <x:v>0.23</x:v>
+        <x:v>31.25</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:3">
       <x:c r="A190" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B190" s="2">
-        <x:v>43727</x:v>
+        <x:v>43769</x:v>
       </x:c>
       <x:c r="C190" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>122.44</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:3">
       <x:c r="A191" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B191" s="2">
-        <x:v>43734</x:v>
+        <x:v>43776</x:v>
       </x:c>
       <x:c r="C191" s="0" t="n">
-        <x:v>2.44</x:v>
+        <x:v>126.08</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:3">
       <x:c r="A192" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B192" s="2">
-        <x:v>43741</x:v>
+        <x:v>43783</x:v>
       </x:c>
       <x:c r="C192" s="0" t="n">
-        <x:v>1.84</x:v>
+        <x:v>120.99</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:3">
       <x:c r="A193" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B193" s="2">
-        <x:v>43748</x:v>
+        <x:v>43790</x:v>
       </x:c>
       <x:c r="C193" s="0" t="n">
-        <x:v>21.89</x:v>
+        <x:v>128.19</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:3">
       <x:c r="A194" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B194" s="2">
-        <x:v>43755</x:v>
+        <x:v>43797</x:v>
       </x:c>
       <x:c r="C194" s="0" t="n">
-        <x:v>9.9</x:v>
+        <x:v>72.2</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:3">
       <x:c r="A195" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B195" s="2">
-        <x:v>43762</x:v>
+        <x:v>43804</x:v>
       </x:c>
       <x:c r="C195" s="0" t="n">
-        <x:v>31.25</x:v>
+        <x:v>58.67</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:3">
       <x:c r="A196" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B196" s="2">
-        <x:v>43769</x:v>
+        <x:v>43811</x:v>
       </x:c>
       <x:c r="C196" s="0" t="n">
-        <x:v>122.44</x:v>
+        <x:v>49.98</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:3">
       <x:c r="A197" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B197" s="2">
-        <x:v>43776</x:v>
+        <x:v>43818</x:v>
       </x:c>
       <x:c r="C197" s="0" t="n">
-        <x:v>126.08</x:v>
+        <x:v>57.42</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:3">
       <x:c r="A198" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B198" s="2">
-        <x:v>43783</x:v>
+        <x:v>43825</x:v>
       </x:c>
       <x:c r="C198" s="0" t="n">
-        <x:v>120.99</x:v>
+        <x:v>15.49</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:3">
       <x:c r="A199" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B199" s="2">
-        <x:v>43790</x:v>
+        <x:v>43832</x:v>
       </x:c>
       <x:c r="C199" s="0" t="n">
-        <x:v>128.19</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:3">
       <x:c r="A200" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B200" s="2">
-        <x:v>43797</x:v>
+        <x:v>43839</x:v>
       </x:c>
       <x:c r="C200" s="0" t="n">
-        <x:v>72.2</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:3">
       <x:c r="A201" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B201" s="2">
-        <x:v>43804</x:v>
+        <x:v>43846</x:v>
       </x:c>
       <x:c r="C201" s="0" t="n">
-        <x:v>58.67</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:3">
       <x:c r="A202" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B202" s="2">
-        <x:v>43811</x:v>
+        <x:v>43853</x:v>
       </x:c>
       <x:c r="C202" s="0" t="n">
-        <x:v>49.98</x:v>
+        <x:v>9.43</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:3">
       <x:c r="A203" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B203" s="2">
-        <x:v>43818</x:v>
+        <x:v>43860</x:v>
       </x:c>
       <x:c r="C203" s="0" t="n">
-        <x:v>57.42</x:v>
+        <x:v>10.86</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:3">
       <x:c r="A204" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B204" s="2">
-        <x:v>43825</x:v>
+        <x:v>43867</x:v>
       </x:c>
       <x:c r="C204" s="0" t="n">
-        <x:v>15.49</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:3">
       <x:c r="A205" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B205" s="2">
-        <x:v>43832</x:v>
+        <x:v>43874</x:v>
       </x:c>
       <x:c r="C205" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:3">
       <x:c r="A206" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B206" s="2">
-        <x:v>43839</x:v>
+        <x:v>43881</x:v>
       </x:c>
       <x:c r="C206" s="0" t="n">
-        <x:v>3.94</x:v>
+        <x:v>12.65</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:3">
       <x:c r="A207" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B207" s="2">
-        <x:v>43846</x:v>
+        <x:v>43888</x:v>
       </x:c>
       <x:c r="C207" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>10.13</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:3">
       <x:c r="A208" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B208" s="2">
-        <x:v>43853</x:v>
+        <x:v>43895</x:v>
       </x:c>
       <x:c r="C208" s="0" t="n">
-        <x:v>9.43</x:v>
+        <x:v>5.07</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:3">
       <x:c r="A209" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B209" s="2">
-        <x:v>43860</x:v>
+        <x:v>43902</x:v>
       </x:c>
       <x:c r="C209" s="0" t="n">
-        <x:v>10.86</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:3">
       <x:c r="A210" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B210" s="2">
-        <x:v>43867</x:v>
+        <x:v>43909</x:v>
       </x:c>
       <x:c r="C210" s="0" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:3">
       <x:c r="A211" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B211" s="2">
-        <x:v>43874</x:v>
+        <x:v>43923</x:v>
       </x:c>
       <x:c r="C211" s="0" t="n">
-        <x:v>1.58</x:v>
+        <x:v>12.07</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:3">
       <x:c r="A212" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B212" s="2">
-        <x:v>43881</x:v>
+        <x:v>43928</x:v>
       </x:c>
       <x:c r="C212" s="0" t="n">
-        <x:v>12.65</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:3">
       <x:c r="A213" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B213" s="2">
-        <x:v>43888</x:v>
+        <x:v>43937</x:v>
       </x:c>
       <x:c r="C213" s="0" t="n">
-        <x:v>10.13</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:3">
       <x:c r="A214" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B214" s="2">
-        <x:v>43895</x:v>
+        <x:v>43944</x:v>
       </x:c>
       <x:c r="C214" s="0" t="n">
-        <x:v>5.07</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:3">
       <x:c r="A215" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B215" s="2">
-        <x:v>43902</x:v>
+        <x:v>43951</x:v>
       </x:c>
       <x:c r="C215" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:3">
       <x:c r="A216" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B216" s="2">
-        <x:v>43909</x:v>
+        <x:v>43958</x:v>
       </x:c>
       <x:c r="C216" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>9.52</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:3">
       <x:c r="A217" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B217" s="2">
-        <x:v>43923</x:v>
+        <x:v>43965</x:v>
       </x:c>
       <x:c r="C217" s="0" t="n">
-        <x:v>12.07</x:v>
+        <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:3">
       <x:c r="A218" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B218" s="2">
-        <x:v>43928</x:v>
+        <x:v>43972</x:v>
       </x:c>
       <x:c r="C218" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:3">
       <x:c r="A219" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B219" s="2">
-        <x:v>43937</x:v>
+        <x:v>43978</x:v>
       </x:c>
       <x:c r="C219" s="0" t="n">
-        <x:v>2.94</x:v>
+        <x:v>13.13</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:3">
       <x:c r="A220" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B220" s="2">
-        <x:v>43944</x:v>
+        <x:v>43986</x:v>
       </x:c>
       <x:c r="C220" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:3">
       <x:c r="A221" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B221" s="2">
-        <x:v>43951</x:v>
+        <x:v>43993</x:v>
       </x:c>
       <x:c r="C221" s="0" t="n">
-        <x:v>4.61</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:3">
       <x:c r="A222" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B222" s="2">
-        <x:v>43958</x:v>
+        <x:v>44000</x:v>
       </x:c>
       <x:c r="C222" s="0" t="n">
-        <x:v>9.52</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:3">
       <x:c r="A223" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B223" s="2">
-        <x:v>43965</x:v>
+        <x:v>44007</x:v>
       </x:c>
       <x:c r="C223" s="0" t="n">
-        <x:v>14.7</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:3">
       <x:c r="A224" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B224" s="2">
-        <x:v>43972</x:v>
+        <x:v>44014</x:v>
       </x:c>
       <x:c r="C224" s="0" t="n">
-        <x:v>16.19</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:3">
       <x:c r="A225" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B225" s="2">
-        <x:v>43978</x:v>
+        <x:v>44021</x:v>
       </x:c>
       <x:c r="C225" s="0" t="n">
-        <x:v>13.13</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:3">
       <x:c r="A226" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B226" s="2">
-        <x:v>43986</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="C226" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:3">
       <x:c r="A227" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B227" s="2">
-        <x:v>43993</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="C227" s="0" t="n">
-        <x:v>1.63</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:3">
       <x:c r="A228" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B228" s="2">
-        <x:v>44000</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="C228" s="0" t="n">
-        <x:v>0.02</x:v>
+        <x:v>170.41</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:3">
       <x:c r="A229" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B229" s="2">
-        <x:v>44007</x:v>
+        <x:v>44049</x:v>
       </x:c>
       <x:c r="C229" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>10.72</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:3">
       <x:c r="A230" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B230" s="2">
-        <x:v>44014</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="C230" s="0" t="n">
-        <x:v>0.99</x:v>
+        <x:v>2.45</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:3">
       <x:c r="A231" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B231" s="2">
-        <x:v>44021</x:v>
+        <x:v>44063</x:v>
       </x:c>
       <x:c r="C231" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>6.64</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:3">
       <x:c r="A232" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B232" s="2">
-        <x:v>44028</x:v>
+        <x:v>44070</x:v>
       </x:c>
       <x:c r="C232" s="0" t="n">
-        <x:v>0.34</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:3">
       <x:c r="A233" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B233" s="2">
-        <x:v>44035</x:v>
+        <x:v>44077</x:v>
       </x:c>
       <x:c r="C233" s="0" t="n">
-        <x:v>20.81</x:v>
+        <x:v>11.64</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:3">
       <x:c r="A234" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B234" s="2">
-        <x:v>44041</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="C234" s="0" t="n">
-        <x:v>170.41</x:v>
+        <x:v>5.09</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:3">
       <x:c r="A235" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B235" s="2">
-        <x:v>44049</x:v>
+        <x:v>44091</x:v>
       </x:c>
       <x:c r="C235" s="0" t="n">
-        <x:v>10.72</x:v>
+        <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:3">
       <x:c r="A236" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B236" s="2">
-        <x:v>44056</x:v>
+        <x:v>44098</x:v>
       </x:c>
       <x:c r="C236" s="0" t="n">
-        <x:v>2.45</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:3">
       <x:c r="A237" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B237" s="2">
-        <x:v>44063</x:v>
+        <x:v>44112</x:v>
       </x:c>
       <x:c r="C237" s="0" t="n">
-        <x:v>6.64</x:v>
+        <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:3">
       <x:c r="A238" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B238" s="2">
-        <x:v>44070</x:v>
+        <x:v>44119</x:v>
       </x:c>
       <x:c r="C238" s="0" t="n">
-        <x:v>4.04</x:v>
+        <x:v>10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:3">
       <x:c r="A239" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B239" s="2">
-        <x:v>44077</x:v>
+        <x:v>44126</x:v>
       </x:c>
       <x:c r="C239" s="0" t="n">
-        <x:v>11.64</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:3">
       <x:c r="A240" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B240" s="2">
-        <x:v>44084</x:v>
+        <x:v>44133</x:v>
       </x:c>
       <x:c r="C240" s="0" t="n">
-        <x:v>5.09</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:3">
       <x:c r="A241" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B241" s="2">
-        <x:v>44091</x:v>
+        <x:v>44140</x:v>
       </x:c>
       <x:c r="C241" s="0" t="n">
-        <x:v>0.78</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:3">
       <x:c r="A242" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B242" s="2">
-        <x:v>44098</x:v>
+        <x:v>44168</x:v>
       </x:c>
       <x:c r="C242" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>42.69</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:3">
       <x:c r="A243" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B243" s="2">
-        <x:v>44112</x:v>
+        <x:v>44175</x:v>
       </x:c>
       <x:c r="C243" s="0" t="n">
-        <x:v>6.04</x:v>
+        <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:3">
       <x:c r="A244" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B244" s="2">
-        <x:v>44119</x:v>
+        <x:v>44182</x:v>
       </x:c>
       <x:c r="C244" s="0" t="n">
-        <x:v>10.02</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:3">
       <x:c r="A245" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B245" s="2">
-        <x:v>44126</x:v>
+        <x:v>44189</x:v>
       </x:c>
       <x:c r="C245" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:3">
       <x:c r="A246" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B246" s="2">
-        <x:v>44133</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="C246" s="0" t="n">
-        <x:v>0.75</x:v>
+        <x:v>8.86</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:3">
       <x:c r="A247" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B247" s="2">
-        <x:v>44140</x:v>
+        <x:v>44203</x:v>
       </x:c>
       <x:c r="C247" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:3">
       <x:c r="A248" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B248" s="2">
-        <x:v>44168</x:v>
+        <x:v>44210</x:v>
       </x:c>
       <x:c r="C248" s="0" t="n">
-        <x:v>42.69</x:v>
+        <x:v>10.64</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:3">
       <x:c r="A249" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B249" s="2">
-        <x:v>44175</x:v>
+        <x:v>44217</x:v>
       </x:c>
       <x:c r="C249" s="0" t="n">
-        <x:v>3.84</x:v>
+        <x:v>2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:3">
       <x:c r="A250" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B250" s="2">
-        <x:v>44182</x:v>
+        <x:v>44224</x:v>
       </x:c>
       <x:c r="C250" s="0" t="n">
-        <x:v>11.01</x:v>
+        <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:3">
       <x:c r="A251" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B251" s="2">
-        <x:v>44189</x:v>
+        <x:v>44231</x:v>
       </x:c>
       <x:c r="C251" s="0" t="n">
-        <x:v>16.74</x:v>
+        <x:v>185.34</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:3">
       <x:c r="A252" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B252" s="2">
-        <x:v>44196</x:v>
+        <x:v>44238</x:v>
       </x:c>
       <x:c r="C252" s="0" t="n">
-        <x:v>8.86</x:v>
+        <x:v>118.61</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:3">
       <x:c r="A253" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B253" s="2">
-        <x:v>44203</x:v>
+        <x:v>44245</x:v>
       </x:c>
       <x:c r="C253" s="0" t="n">
-        <x:v>0.86</x:v>
+        <x:v>10.04</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:3">
       <x:c r="A254" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B254" s="2">
-        <x:v>44210</x:v>
+        <x:v>44252</x:v>
       </x:c>
       <x:c r="C254" s="0" t="n">
-        <x:v>10.64</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:3">
       <x:c r="A255" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B255" s="2">
-        <x:v>44217</x:v>
+        <x:v>44259</x:v>
       </x:c>
       <x:c r="C255" s="0" t="n">
-        <x:v>2.37</x:v>
+        <x:v>314.38</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:3">
       <x:c r="A256" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B256" s="2">
-        <x:v>44224</x:v>
+        <x:v>44266</x:v>
       </x:c>
       <x:c r="C256" s="0" t="n">
-        <x:v>16.2</x:v>
+        <x:v>7.26</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:3">
       <x:c r="A257" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B257" s="2">
-        <x:v>44231</x:v>
+        <x:v>44273</x:v>
       </x:c>
       <x:c r="C257" s="0" t="n">
-        <x:v>185.34</x:v>
+        <x:v>45.9</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:3">
       <x:c r="A258" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B258" s="2">
-        <x:v>44238</x:v>
+        <x:v>44280</x:v>
       </x:c>
       <x:c r="C258" s="0" t="n">
-        <x:v>118.61</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:3">
       <x:c r="A259" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B259" s="2">
-        <x:v>44245</x:v>
+        <x:v>44287</x:v>
       </x:c>
       <x:c r="C259" s="0" t="n">
-        <x:v>10.04</x:v>
+        <x:v>8.08</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:3">
       <x:c r="A260" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B260" s="2">
-        <x:v>44252</x:v>
+        <x:v>44294</x:v>
       </x:c>
       <x:c r="C260" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:3">
       <x:c r="A261" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B261" s="2">
-        <x:v>44259</x:v>
+        <x:v>44299</x:v>
       </x:c>
       <x:c r="C261" s="0" t="n">
-        <x:v>314.38</x:v>
+        <x:v>41.55</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:3">
       <x:c r="A262" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B262" s="2">
-        <x:v>44266</x:v>
+        <x:v>44308</x:v>
       </x:c>
       <x:c r="C262" s="0" t="n">
-        <x:v>7.26</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:3">
       <x:c r="A263" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B263" s="2">
-        <x:v>44273</x:v>
+        <x:v>44315</x:v>
       </x:c>
       <x:c r="C263" s="0" t="n">
-        <x:v>45.9</x:v>
+        <x:v>4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:3">
       <x:c r="A264" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B264" s="2">
-        <x:v>44280</x:v>
+        <x:v>44322</x:v>
       </x:c>
       <x:c r="C264" s="0" t="n">
-        <x:v>6.7</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:3">
       <x:c r="A265" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B265" s="2">
-        <x:v>44287</x:v>
+        <x:v>44329</x:v>
       </x:c>
       <x:c r="C265" s="0" t="n">
-        <x:v>8.08</x:v>
+        <x:v>232.33</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:3">
       <x:c r="A266" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B266" s="2">
-        <x:v>44294</x:v>
+        <x:v>44336</x:v>
       </x:c>
       <x:c r="C266" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>251.39</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:3">
       <x:c r="A267" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B267" s="2">
-        <x:v>44299</x:v>
+        <x:v>44343</x:v>
       </x:c>
       <x:c r="C267" s="0" t="n">
-        <x:v>41.55</x:v>
+        <x:v>373.81</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:3">
       <x:c r="A268" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B268" s="2">
-        <x:v>44308</x:v>
+        <x:v>44350</x:v>
       </x:c>
       <x:c r="C268" s="0" t="n">
-        <x:v>0.03</x:v>
+        <x:v>223.14</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:3">
       <x:c r="A269" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B269" s="2">
-        <x:v>44315</x:v>
+        <x:v>44357</x:v>
       </x:c>
       <x:c r="C269" s="0" t="n">
-        <x:v>4.33</x:v>
+        <x:v>167.21</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:3">
       <x:c r="A270" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B270" s="2">
-        <x:v>44322</x:v>
+        <x:v>44364</x:v>
       </x:c>
       <x:c r="C270" s="0" t="n">
-        <x:v>0.53</x:v>
+        <x:v>202.83</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:3">
       <x:c r="A271" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B271" s="2">
-        <x:v>44329</x:v>
+        <x:v>44371</x:v>
       </x:c>
       <x:c r="C271" s="0" t="n">
-        <x:v>232.33</x:v>
+        <x:v>222.66</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:3">
       <x:c r="A272" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B272" s="2">
-        <x:v>44336</x:v>
+        <x:v>44378</x:v>
       </x:c>
       <x:c r="C272" s="0" t="n">
-        <x:v>251.39</x:v>
+        <x:v>217.78</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:3">
       <x:c r="A273" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B273" s="2">
-        <x:v>44343</x:v>
+        <x:v>44385</x:v>
       </x:c>
       <x:c r="C273" s="0" t="n">
-        <x:v>373.81</x:v>
+        <x:v>314.58</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:3">
       <x:c r="A274" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B274" s="2">
-        <x:v>44350</x:v>
+        <x:v>44392</x:v>
       </x:c>
       <x:c r="C274" s="0" t="n">
-        <x:v>223.14</x:v>
+        <x:v>222.01</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:3">
       <x:c r="A275" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B275" s="2">
-        <x:v>44357</x:v>
+        <x:v>44399</x:v>
       </x:c>
       <x:c r="C275" s="0" t="n">
-        <x:v>167.21</x:v>
+        <x:v>204.3</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:3">
       <x:c r="A276" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B276" s="2">
-        <x:v>44364</x:v>
+        <x:v>44406</x:v>
       </x:c>
       <x:c r="C276" s="0" t="n">
-        <x:v>202.83</x:v>
+        <x:v>238.02</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:3">
       <x:c r="A277" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B277" s="2">
-        <x:v>44371</x:v>
+        <x:v>44413</x:v>
       </x:c>
       <x:c r="C277" s="0" t="n">
-        <x:v>222.66</x:v>
+        <x:v>209.11</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:3">
       <x:c r="A278" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B278" s="2">
-        <x:v>44378</x:v>
+        <x:v>44420</x:v>
       </x:c>
       <x:c r="C278" s="0" t="n">
-        <x:v>217.78</x:v>
+        <x:v>216.65</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:3">
       <x:c r="A279" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B279" s="2">
-        <x:v>44385</x:v>
+        <x:v>44427</x:v>
       </x:c>
       <x:c r="C279" s="0" t="n">
-        <x:v>314.58</x:v>
+        <x:v>253.52</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:3">
       <x:c r="A280" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B280" s="2">
-        <x:v>44392</x:v>
+        <x:v>44434</x:v>
       </x:c>
       <x:c r="C280" s="0" t="n">
-        <x:v>222.01</x:v>
+        <x:v>210.78</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:3">
       <x:c r="A281" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B281" s="2">
-        <x:v>44399</x:v>
+        <x:v>44441</x:v>
       </x:c>
       <x:c r="C281" s="0" t="n">
-        <x:v>204.3</x:v>
+        <x:v>203.45</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:3">
       <x:c r="A282" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B282" s="2">
-        <x:v>44406</x:v>
+        <x:v>44448</x:v>
       </x:c>
       <x:c r="C282" s="0" t="n">
-        <x:v>238.02</x:v>
+        <x:v>253.27</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:3">
       <x:c r="A283" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B283" s="2">
-        <x:v>44413</x:v>
+        <x:v>44453</x:v>
       </x:c>
       <x:c r="C283" s="0" t="n">
-        <x:v>209.11</x:v>
+        <x:v>282.18</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:3">
       <x:c r="A284" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B284" s="2">
-        <x:v>44420</x:v>
+        <x:v>44462</x:v>
       </x:c>
       <x:c r="C284" s="0" t="n">
-        <x:v>216.65</x:v>
+        <x:v>280.13</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:3">
       <x:c r="A285" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B285" s="2">
-        <x:v>44427</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="C285" s="0" t="n">
-        <x:v>253.52</x:v>
+        <x:v>290.8</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:3">
       <x:c r="A286" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B286" s="2">
-        <x:v>44434</x:v>
+        <x:v>44476</x:v>
       </x:c>
       <x:c r="C286" s="0" t="n">
-        <x:v>210.78</x:v>
+        <x:v>281.06</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:3">
       <x:c r="A287" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B287" s="2">
-        <x:v>44441</x:v>
+        <x:v>44483</x:v>
       </x:c>
       <x:c r="C287" s="0" t="n">
-        <x:v>203.45</x:v>
+        <x:v>288.39</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:3">
       <x:c r="A288" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B288" s="2">
-        <x:v>44448</x:v>
+        <x:v>44490</x:v>
       </x:c>
       <x:c r="C288" s="0" t="n">
-        <x:v>253.27</x:v>
+        <x:v>309.28</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:3">
       <x:c r="A289" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B289" s="2">
-        <x:v>44453</x:v>
+        <x:v>44497</x:v>
       </x:c>
       <x:c r="C289" s="0" t="n">
-        <x:v>282.18</x:v>
+        <x:v>319.61</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:3">
       <x:c r="A290" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B290" s="2">
-        <x:v>44462</x:v>
+        <x:v>44504</x:v>
       </x:c>
       <x:c r="C290" s="0" t="n">
-        <x:v>280.13</x:v>
+        <x:v>314.88</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:3">
       <x:c r="A291" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B291" s="2">
-        <x:v>44469</x:v>
+        <x:v>44511</x:v>
       </x:c>
       <x:c r="C291" s="0" t="n">
-        <x:v>290.8</x:v>
+        <x:v>299.62</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:3">
       <x:c r="A292" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B292" s="2">
-        <x:v>44476</x:v>
+        <x:v>44518</x:v>
       </x:c>
       <x:c r="C292" s="0" t="n">
-        <x:v>281.06</x:v>
+        <x:v>262.11</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:3">
       <x:c r="A293" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B293" s="2">
-        <x:v>44483</x:v>
+        <x:v>44525</x:v>
       </x:c>
       <x:c r="C293" s="0" t="n">
-        <x:v>288.39</x:v>
+        <x:v>237.62</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:3">
       <x:c r="A294" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B294" s="2">
-        <x:v>44490</x:v>
+        <x:v>44532</x:v>
       </x:c>
       <x:c r="C294" s="0" t="n">
-        <x:v>309.28</x:v>
+        <x:v>211.27</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:3">
       <x:c r="A295" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B295" s="2">
-        <x:v>44497</x:v>
+        <x:v>44539</x:v>
       </x:c>
       <x:c r="C295" s="0" t="n">
-        <x:v>319.61</x:v>
+        <x:v>188.9</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:3">
       <x:c r="A296" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B296" s="2">
-        <x:v>44504</x:v>
+        <x:v>44546</x:v>
       </x:c>
       <x:c r="C296" s="0" t="n">
-        <x:v>314.88</x:v>
+        <x:v>187.72</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:3">
       <x:c r="A297" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B297" s="2">
-        <x:v>44511</x:v>
+        <x:v>44553</x:v>
       </x:c>
       <x:c r="C297" s="0" t="n">
-        <x:v>299.62</x:v>
+        <x:v>229.02</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:3">
       <x:c r="A298" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B298" s="2">
-        <x:v>44518</x:v>
+        <x:v>44560</x:v>
       </x:c>
       <x:c r="C298" s="0" t="n">
-        <x:v>262.11</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:3">
       <x:c r="A299" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B299" s="2">
-        <x:v>44525</x:v>
+        <x:v>44567</x:v>
       </x:c>
       <x:c r="C299" s="0" t="n">
-        <x:v>237.62</x:v>
+        <x:v>231.51</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:3">
       <x:c r="A300" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B300" s="2">
-        <x:v>44532</x:v>
+        <x:v>44574</x:v>
       </x:c>
       <x:c r="C300" s="0" t="n">
-        <x:v>211.27</x:v>
+        <x:v>132.2</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:3">
       <x:c r="A301" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B301" s="2">
-        <x:v>44539</x:v>
+        <x:v>44581</x:v>
       </x:c>
       <x:c r="C301" s="0" t="n">
-        <x:v>188.9</x:v>
+        <x:v>71.14</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:3">
       <x:c r="A302" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B302" s="2">
-        <x:v>44546</x:v>
+        <x:v>44588</x:v>
       </x:c>
       <x:c r="C302" s="0" t="n">
-        <x:v>187.72</x:v>
+        <x:v>49.67</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:3">
       <x:c r="A303" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B303" s="2">
-        <x:v>44553</x:v>
+        <x:v>44595</x:v>
       </x:c>
       <x:c r="C303" s="0" t="n">
-        <x:v>229.02</x:v>
+        <x:v>56.4</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:3">
       <x:c r="A304" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B304" s="2">
-        <x:v>44560</x:v>
+        <x:v>44602</x:v>
       </x:c>
       <x:c r="C304" s="0" t="n">
-        <x:v>232</x:v>
+        <x:v>28.96</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:3">
       <x:c r="A305" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B305" s="2">
-        <x:v>44567</x:v>
+        <x:v>44609</x:v>
       </x:c>
       <x:c r="C305" s="0" t="n">
-        <x:v>231.51</x:v>
+        <x:v>38.18</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:3">
       <x:c r="A306" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B306" s="2">
-        <x:v>44574</x:v>
+        <x:v>44616</x:v>
       </x:c>
       <x:c r="C306" s="0" t="n">
-        <x:v>132.2</x:v>
+        <x:v>32.03</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:3">
       <x:c r="A307" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B307" s="2">
-        <x:v>44581</x:v>
+        <x:v>44623</x:v>
       </x:c>
       <x:c r="C307" s="0" t="n">
-        <x:v>71.14</x:v>
+        <x:v>38.25</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:3">
       <x:c r="A308" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B308" s="2">
-        <x:v>44588</x:v>
+        <x:v>44630</x:v>
       </x:c>
       <x:c r="C308" s="0" t="n">
-        <x:v>49.67</x:v>
+        <x:v>29.5</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:3">
       <x:c r="A309" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B309" s="2">
-        <x:v>44595</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="C309" s="0" t="n">
-        <x:v>56.4</x:v>
+        <x:v>27.23</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:3">
       <x:c r="A310" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B310" s="2">
-        <x:v>44602</x:v>
+        <x:v>44644</x:v>
       </x:c>
       <x:c r="C310" s="0" t="n">
-        <x:v>28.96</x:v>
+        <x:v>35.66</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:3">
       <x:c r="A311" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B311" s="2">
-        <x:v>44609</x:v>
+        <x:v>44651</x:v>
       </x:c>
       <x:c r="C311" s="0" t="n">
-        <x:v>38.18</x:v>
+        <x:v>15.64</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:3">
       <x:c r="A312" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B312" s="2">
-        <x:v>44616</x:v>
+        <x:v>44658</x:v>
       </x:c>
       <x:c r="C312" s="0" t="n">
-        <x:v>32.03</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:3">
       <x:c r="A313" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B313" s="2">
-        <x:v>44623</x:v>
+        <x:v>44665</x:v>
       </x:c>
       <x:c r="C313" s="0" t="n">
-        <x:v>38.25</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:3">
       <x:c r="A314" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B314" s="2">
-        <x:v>44630</x:v>
+        <x:v>44671</x:v>
       </x:c>
       <x:c r="C314" s="0" t="n">
-        <x:v>29.5</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:3">
       <x:c r="A315" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B315" s="2">
-        <x:v>44636</x:v>
+        <x:v>44679</x:v>
       </x:c>
       <x:c r="C315" s="0" t="n">
-        <x:v>27.23</x:v>
+        <x:v>29.07</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:3">
       <x:c r="A316" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B316" s="2">
-        <x:v>44644</x:v>
+        <x:v>44684</x:v>
       </x:c>
       <x:c r="C316" s="0" t="n">
-        <x:v>35.66</x:v>
+        <x:v>25.8</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:3">
       <x:c r="A317" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B317" s="2">
-        <x:v>44651</x:v>
+        <x:v>44693</x:v>
       </x:c>
       <x:c r="C317" s="0" t="n">
-        <x:v>15.64</x:v>
+        <x:v>10.46</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:3">
       <x:c r="A318" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B318" s="2">
-        <x:v>44658</x:v>
+        <x:v>44700</x:v>
       </x:c>
       <x:c r="C318" s="0" t="n">
-        <x:v>17.61</x:v>
+        <x:v>21.71</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:3">
       <x:c r="A319" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B319" s="2">
-        <x:v>44665</x:v>
+        <x:v>44707</x:v>
       </x:c>
       <x:c r="C319" s="0" t="n">
-        <x:v>19.68</x:v>
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:3">
       <x:c r="A320" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B320" s="2">
-        <x:v>44671</x:v>
+        <x:v>44714</x:v>
       </x:c>
       <x:c r="C320" s="0" t="n">
-        <x:v>19.4</x:v>
+        <x:v>12.85</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:3">
       <x:c r="A321" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B321" s="2">
-        <x:v>44679</x:v>
+        <x:v>44721</x:v>
       </x:c>
       <x:c r="C321" s="0" t="n">
-        <x:v>29.07</x:v>
+        <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:3">
       <x:c r="A322" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B322" s="2">
-        <x:v>44684</x:v>
+        <x:v>44728</x:v>
       </x:c>
       <x:c r="C322" s="0" t="n">
-        <x:v>25.8</x:v>
+        <x:v>14.21</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:3">
       <x:c r="A323" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B323" s="2">
-        <x:v>44693</x:v>
+        <x:v>44735</x:v>
       </x:c>
       <x:c r="C323" s="0" t="n">
-        <x:v>10.46</x:v>
+        <x:v>6.52</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:3">
       <x:c r="A324" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B324" s="2">
-        <x:v>44700</x:v>
+        <x:v>44742</x:v>
       </x:c>
       <x:c r="C324" s="0" t="n">
-        <x:v>21.71</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:3">
       <x:c r="A325" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B325" s="2">
-        <x:v>44707</x:v>
+        <x:v>44749</x:v>
       </x:c>
       <x:c r="C325" s="0" t="n">
-        <x:v>15.7</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:3">
       <x:c r="A326" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B326" s="2">
-        <x:v>44714</x:v>
+        <x:v>44756</x:v>
       </x:c>
       <x:c r="C326" s="0" t="n">
-        <x:v>12.85</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:3">
       <x:c r="A327" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B327" s="2">
-        <x:v>44721</x:v>
+        <x:v>44763</x:v>
       </x:c>
       <x:c r="C327" s="0" t="n">
-        <x:v>9.94</x:v>
+        <x:v>16.61</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:3">
       <x:c r="A328" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B328" s="2">
-        <x:v>44728</x:v>
+        <x:v>44770</x:v>
       </x:c>
       <x:c r="C328" s="0" t="n">
-        <x:v>14.21</x:v>
+        <x:v>9.87</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:3">
       <x:c r="A329" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B329" s="2">
-        <x:v>44735</x:v>
+        <x:v>44777</x:v>
       </x:c>
       <x:c r="C329" s="0" t="n">
-        <x:v>6.52</x:v>
+        <x:v>33.54</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:3">
       <x:c r="A330" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B330" s="2">
-        <x:v>44742</x:v>
+        <x:v>44784</x:v>
       </x:c>
       <x:c r="C330" s="0" t="n">
-        <x:v>16.93</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:3">
       <x:c r="A331" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B331" s="2">
-        <x:v>44749</x:v>
+        <x:v>44791</x:v>
       </x:c>
       <x:c r="C331" s="0" t="n">
-        <x:v>17.94</x:v>
+        <x:v>14.83</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:3">
       <x:c r="A332" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B332" s="2">
-        <x:v>44756</x:v>
+        <x:v>44798</x:v>
       </x:c>
       <x:c r="C332" s="0" t="n">
-        <x:v>17.68</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:3">
       <x:c r="A333" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B333" s="2">
-        <x:v>44763</x:v>
+        <x:v>44805</x:v>
       </x:c>
       <x:c r="C333" s="0" t="n">
-        <x:v>16.61</x:v>
+        <x:v>27.31</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:3">
       <x:c r="A334" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B334" s="2">
-        <x:v>44770</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="C334" s="0" t="n">
-        <x:v>9.87</x:v>
+        <x:v>9.93</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:3">
       <x:c r="A335" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B335" s="2">
-        <x:v>44777</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="C335" s="0" t="n">
-        <x:v>33.54</x:v>
+        <x:v>22.37</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:3">
       <x:c r="A336" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B336" s="2">
-        <x:v>44784</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="C336" s="0" t="n">
-        <x:v>16.99</x:v>
+        <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:3">
       <x:c r="A337" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B337" s="2">
-        <x:v>44791</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="C337" s="0" t="n">
-        <x:v>14.83</x:v>
+        <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:3">
       <x:c r="A338" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B338" s="2">
-        <x:v>44798</x:v>
+        <x:v>44840</x:v>
       </x:c>
       <x:c r="C338" s="0" t="n">
-        <x:v>16.56</x:v>
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:3">
       <x:c r="A339" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B339" s="2">
-        <x:v>44805</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="C339" s="0" t="n">
-        <x:v>27.31</x:v>
+        <x:v>9.57</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:3">
       <x:c r="A340" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B340" s="2">
-        <x:v>44812</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="C340" s="0" t="n">
-        <x:v>9.93</x:v>
+        <x:v>9.31</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:3">
       <x:c r="A341" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B341" s="2">
-        <x:v>44819</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="C341" s="0" t="n">
-        <x:v>22.37</x:v>
+        <x:v>22.79</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:3">
       <x:c r="A342" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B342" s="2">
-        <x:v>44826</x:v>
+        <x:v>44868</x:v>
       </x:c>
       <x:c r="C342" s="0" t="n">
-        <x:v>16.35</x:v>
+        <x:v>31.47</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:3">
       <x:c r="A343" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B343" s="2">
-        <x:v>44833</x:v>
+        <x:v>44875</x:v>
       </x:c>
       <x:c r="C343" s="0" t="n">
-        <x:v>16.3</x:v>
+        <x:v>26.02</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:3">
       <x:c r="A344" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B344" s="2">
-        <x:v>44840</x:v>
+        <x:v>44882</x:v>
       </x:c>
       <x:c r="C344" s="0" t="n">
-        <x:v>11.8</x:v>
+        <x:v>23.98</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:3">
       <x:c r="A345" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B345" s="2">
-        <x:v>44847</x:v>
+        <x:v>44889</x:v>
       </x:c>
       <x:c r="C345" s="0" t="n">
-        <x:v>9.57</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:3">
       <x:c r="A346" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B346" s="2">
-        <x:v>44854</x:v>
+        <x:v>44896</x:v>
       </x:c>
       <x:c r="C346" s="0" t="n">
-        <x:v>9.31</x:v>
+        <x:v>99.21</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:3">
       <x:c r="A347" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B347" s="2">
-        <x:v>44861</x:v>
+        <x:v>44903</x:v>
       </x:c>
       <x:c r="C347" s="0" t="n">
-        <x:v>22.79</x:v>
+        <x:v>50.99</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:3">
       <x:c r="A348" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B348" s="2">
-        <x:v>44868</x:v>
+        <x:v>44910</x:v>
       </x:c>
       <x:c r="C348" s="0" t="n">
-        <x:v>31.47</x:v>
+        <x:v>4.93</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:3">
       <x:c r="A349" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B349" s="2">
-        <x:v>44875</x:v>
+        <x:v>44917</x:v>
       </x:c>
       <x:c r="C349" s="0" t="n">
-        <x:v>26.02</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:3">
       <x:c r="A350" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B350" s="2">
-        <x:v>44882</x:v>
+        <x:v>44924</x:v>
       </x:c>
       <x:c r="C350" s="0" t="n">
-        <x:v>23.98</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:3">
       <x:c r="A351" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B351" s="2">
-        <x:v>44889</x:v>
+        <x:v>44931</x:v>
       </x:c>
       <x:c r="C351" s="0" t="n">
-        <x:v>17.21</x:v>
+        <x:v>11.34</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:3">
       <x:c r="A352" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B352" s="2">
-        <x:v>44896</x:v>
+        <x:v>44938</x:v>
       </x:c>
       <x:c r="C352" s="0" t="n">
-        <x:v>99.21</x:v>
+        <x:v>9.58</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:3">
       <x:c r="A353" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B353" s="2">
-        <x:v>44903</x:v>
+        <x:v>44945</x:v>
       </x:c>
       <x:c r="C353" s="0" t="n">
-        <x:v>50.99</x:v>
+        <x:v>13.72</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:3">
       <x:c r="A354" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B354" s="2">
-        <x:v>44910</x:v>
+        <x:v>44952</x:v>
       </x:c>
       <x:c r="C354" s="0" t="n">
-        <x:v>4.93</x:v>
+        <x:v>10.36</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:3">
       <x:c r="A355" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B355" s="2">
-        <x:v>44917</x:v>
+        <x:v>44959</x:v>
       </x:c>
       <x:c r="C355" s="0" t="n">
-        <x:v>17.25</x:v>
+        <x:v>10.89</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:3">
       <x:c r="A356" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B356" s="2">
-        <x:v>44924</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="C356" s="0" t="n">
-        <x:v>17.5</x:v>
+        <x:v>4.82</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:3">
       <x:c r="A357" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B357" s="2">
-        <x:v>44931</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="C357" s="0" t="n">
-        <x:v>11.34</x:v>
+        <x:v>14.24</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:3">
       <x:c r="A358" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B358" s="2">
-        <x:v>44938</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="C358" s="0" t="n">
-        <x:v>9.58</x:v>
+        <x:v>11.34</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:3">
       <x:c r="A359" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B359" s="2">
-        <x:v>44945</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="C359" s="0" t="n">
-        <x:v>13.72</x:v>
+        <x:v>11.15</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:3">
       <x:c r="A360" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B360" s="2">
-        <x:v>44952</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="C360" s="0" t="n">
-        <x:v>10.36</x:v>
+        <x:v>14.58</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:3">
       <x:c r="A361" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B361" s="2">
-        <x:v>44959</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="C361" s="0" t="n">
-        <x:v>10.89</x:v>
+        <x:v>14.21</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:3">
       <x:c r="A362" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B362" s="2">
-        <x:v>44966</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="C362" s="0" t="n">
-        <x:v>4.82</x:v>
+        <x:v>7.58</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:3">
       <x:c r="A363" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B363" s="2">
-        <x:v>44973</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="C363" s="0" t="n">
-        <x:v>14.24</x:v>
+        <x:v>5.46</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:3">
       <x:c r="A364" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B364" s="2">
-        <x:v>44980</x:v>
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="C364" s="0" t="n">
-        <x:v>11.34</x:v>
+        <x:v>6.29</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:3">
       <x:c r="A365" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B365" s="2">
-        <x:v>44987</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="C365" s="0" t="n">
-        <x:v>11.15</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:3">
       <x:c r="A366" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B366" s="2">
-        <x:v>44994</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="C366" s="0" t="n">
-        <x:v>14.58</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:3">
       <x:c r="A367" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B367" s="2">
-        <x:v>45001</x:v>
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="C367" s="0" t="n">
-        <x:v>14.21</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:3">
       <x:c r="A368" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B368" s="2">
-        <x:v>45008</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="C368" s="0" t="n">
-        <x:v>7.58</x:v>
+        <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:3">
       <x:c r="A369" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B369" s="2">
-        <x:v>45015</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="C369" s="0" t="n">
-        <x:v>5.46</x:v>
+        <x:v>15.55</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:3">
       <x:c r="A370" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B370" s="2">
-        <x:v>45020</x:v>
+        <x:v>45064</x:v>
       </x:c>
       <x:c r="C370" s="0" t="n">
-        <x:v>6.29</x:v>
+        <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:3">
       <x:c r="A371" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B371" s="2">
-        <x:v>45029</x:v>
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="C371" s="0" t="n">
-        <x:v>20.32</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:3">
       <x:c r="A372" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B372" s="2">
-        <x:v>45036</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="C372" s="0" t="n">
-        <x:v>16.33</x:v>
+        <x:v>46.11</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:3">
       <x:c r="A373" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B373" s="2">
-        <x:v>45043</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="C373" s="0" t="n">
-        <x:v>19.04</x:v>
+        <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:3">
       <x:c r="A374" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B374" s="2">
-        <x:v>45050</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="C374" s="0" t="n">
-        <x:v>6.25</x:v>
+        <x:v>10.73</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:3">
       <x:c r="A375" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B375" s="2">
-        <x:v>45057</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="C375" s="0" t="n">
-        <x:v>15.55</x:v>
+        <x:v>8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:3">
       <x:c r="A376" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B376" s="2">
-        <x:v>45064</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="C376" s="0" t="n">
-        <x:v>16.1</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:3">
       <x:c r="A377" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B377" s="2">
-        <x:v>45070</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="C377" s="0" t="n">
-        <x:v>12.8</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:3">
       <x:c r="A378" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B378" s="2">
-        <x:v>45078</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="C378" s="0" t="n">
-        <x:v>46.11</x:v>
+        <x:v>25.07</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:3">
       <x:c r="A379" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B379" s="2">
-        <x:v>45085</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="C379" s="0" t="n">
-        <x:v>10.67</x:v>
+        <x:v>7.65</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:3">
       <x:c r="A380" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B380" s="2">
-        <x:v>45092</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="C380" s="0" t="n">
-        <x:v>10.73</x:v>
+        <x:v>12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:3">
       <x:c r="A381" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B381" s="2">
-        <x:v>45099</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="C381" s="0" t="n">
-        <x:v>8.93</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:3">
       <x:c r="A382" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B382" s="2">
-        <x:v>45106</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="C382" s="0" t="n">
-        <x:v>17.81</x:v>
+        <x:v>18.44</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:3">
       <x:c r="A383" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B383" s="2">
-        <x:v>45113</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="C383" s="0" t="n">
-        <x:v>21.24</x:v>
+        <x:v>19.69</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:3">
       <x:c r="A384" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B384" s="2">
-        <x:v>45120</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="C384" s="0" t="n">
-        <x:v>25.07</x:v>
+        <x:v>12.68</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:3">
       <x:c r="A385" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B385" s="2">
-        <x:v>45127</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="C385" s="0" t="n">
-        <x:v>7.65</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:3">
       <x:c r="A386" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B386" s="2">
-        <x:v>45133</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="C386" s="0" t="n">
-        <x:v>12.74</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:3">
       <x:c r="A387" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B387" s="2">
-        <x:v>45141</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="C387" s="0" t="n">
-        <x:v>7.59</x:v>
+        <x:v>26.05</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:3">
       <x:c r="A388" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B388" s="2">
-        <x:v>45148</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="C388" s="0" t="n">
-        <x:v>18.44</x:v>
+        <x:v>14.58</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:3">
       <x:c r="A389" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B389" s="2">
-        <x:v>45155</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="C389" s="0" t="n">
-        <x:v>19.69</x:v>
+        <x:v>31.13</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:3">
       <x:c r="A390" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B390" s="2">
-        <x:v>45162</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="C390" s="0" t="n">
-        <x:v>12.68</x:v>
+        <x:v>35.99</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:3">
       <x:c r="A391" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B391" s="2">
-        <x:v>45169</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="C391" s="0" t="n">
-        <x:v>21.11</x:v>
+        <x:v>10.63</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:3">
       <x:c r="A392" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B392" s="2">
-        <x:v>45176</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="C392" s="0" t="n">
-        <x:v>19.85</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:3">
       <x:c r="A393" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B393" s="2">
-        <x:v>45183</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="C393" s="0" t="n">
-        <x:v>26.05</x:v>
+        <x:v>75.53</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:3">
       <x:c r="A394" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B394" s="2">
-        <x:v>45190</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="C394" s="0" t="n">
-        <x:v>14.58</x:v>
+        <x:v>5.47</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:3">
       <x:c r="A395" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B395" s="2">
-        <x:v>45197</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="C395" s="0" t="n">
-        <x:v>31.13</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:3">
       <x:c r="A396" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B396" s="2">
-        <x:v>45204</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="C396" s="0" t="n">
-        <x:v>35.99</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:3">
       <x:c r="A397" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B397" s="2">
-        <x:v>45211</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="C397" s="0" t="n">
-        <x:v>10.63</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:3">
       <x:c r="A398" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B398" s="2">
-        <x:v>45218</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="C398" s="0" t="n">
-        <x:v>17.81</x:v>
+        <x:v>14.84</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:3">
       <x:c r="A399" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B399" s="2">
-        <x:v>45225</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="C399" s="0" t="n">
-        <x:v>75.53</x:v>
+        <x:v>18.67</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:3">
       <x:c r="A400" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B400" s="2">
-        <x:v>45232</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="C400" s="0" t="n">
-        <x:v>5.47</x:v>
+        <x:v>8.22</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:3">
       <x:c r="A401" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B401" s="2">
-        <x:v>45239</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="C401" s="0" t="n">
-        <x:v>3.23</x:v>
+        <x:v>12.55</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:3">
       <x:c r="A402" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B402" s="2">
-        <x:v>45246</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="C402" s="0" t="n">
-        <x:v>6.62</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:3">
       <x:c r="A403" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B403" s="2">
-        <x:v>45253</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="C403" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:3">
       <x:c r="A404" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B404" s="2">
-        <x:v>45260</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="C404" s="0" t="n">
-        <x:v>14.84</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:3">
       <x:c r="A405" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B405" s="2">
-        <x:v>45267</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="C405" s="0" t="n">
-        <x:v>18.67</x:v>
+        <x:v>9.83</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:3">
       <x:c r="A406" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B406" s="2">
-        <x:v>45274</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="C406" s="0" t="n">
-        <x:v>8.22</x:v>
+        <x:v>3.12</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:3">
       <x:c r="A407" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B407" s="2">
-        <x:v>45281</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="C407" s="0" t="n">
-        <x:v>12.55</x:v>
+        <x:v>111.43</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:3">
       <x:c r="A408" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B408" s="2">
-        <x:v>45288</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="C408" s="0" t="n">
-        <x:v>16.34</x:v>
+        <x:v>108.3</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:3">
       <x:c r="A409" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B409" s="2">
-        <x:v>45295</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="C409" s="0" t="n">
-        <x:v>19.01</x:v>
+        <x:v>98.49</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:3">
       <x:c r="A410" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B410" s="2">
-        <x:v>45302</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="C410" s="0" t="n">
-        <x:v>18.2</x:v>
+        <x:v>105.67</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:3">
       <x:c r="A411" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B411" s="2">
-        <x:v>45309</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="C411" s="0" t="n">
-        <x:v>9.83</x:v>
+        <x:v>118.87</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:3">
       <x:c r="A412" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B412" s="2">
-        <x:v>45316</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="C412" s="0" t="n">
-        <x:v>3.12</x:v>
+        <x:v>158.26</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:3">
       <x:c r="A413" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B413" s="2">
-        <x:v>45323</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="C413" s="0" t="n">
-        <x:v>111.43</x:v>
+        <x:v>135.79</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:3">
       <x:c r="A414" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B414" s="2">
-        <x:v>45330</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="C414" s="0" t="n">
-        <x:v>108.3</x:v>
+        <x:v>99.48</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:3">
       <x:c r="A415" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B415" s="2">
-        <x:v>45337</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="C415" s="0" t="n">
-        <x:v>98.49</x:v>
+        <x:v>94.97</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:3">
       <x:c r="A416" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B416" s="2">
-        <x:v>45344</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="C416" s="0" t="n">
-        <x:v>105.67</x:v>
+        <x:v>99.14</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:3">
       <x:c r="A417" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B417" s="2">
-        <x:v>45351</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="C417" s="0" t="n">
-        <x:v>118.87</x:v>
+        <x:v>124.03</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:3">
       <x:c r="A418" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B418" s="2">
-        <x:v>45358</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="C418" s="0" t="n">
-        <x:v>158.26</x:v>
+        <x:v>124.48</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:3">
       <x:c r="A419" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B419" s="2">
-        <x:v>45365</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="C419" s="0" t="n">
-        <x:v>135.79</x:v>
+        <x:v>115.93</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:3">
       <x:c r="A420" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B420" s="2">
-        <x:v>45372</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="C420" s="0" t="n">
-        <x:v>99.48</x:v>
+        <x:v>261.03</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:3">
       <x:c r="A421" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B421" s="2">
-        <x:v>45379</x:v>
+        <x:v>45421</x:v>
       </x:c>
       <x:c r="C421" s="0" t="n">
-        <x:v>94.97</x:v>
+        <x:v>198.75</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:3">
       <x:c r="A422" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B422" s="2">
-        <x:v>45386</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="C422" s="0" t="n">
-        <x:v>99.14</x:v>
+        <x:v>125.02</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:3">
       <x:c r="A423" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B423" s="2">
-        <x:v>45393</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="C423" s="0" t="n">
-        <x:v>124.03</x:v>
+        <x:v>125.79</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:3">
       <x:c r="A424" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B424" s="2">
-        <x:v>45400</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="C424" s="0" t="n">
-        <x:v>124.48</x:v>
+        <x:v>172.69</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:3">
       <x:c r="A425" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B425" s="2">
-        <x:v>45407</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="C425" s="0" t="n">
-        <x:v>115.93</x:v>
+        <x:v>154.64</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:3">
       <x:c r="A426" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B426" s="2">
-        <x:v>45414</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="C426" s="0" t="n">
-        <x:v>261.03</x:v>
+        <x:v>43.13</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:3">
       <x:c r="A427" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B427" s="2">
-        <x:v>45421</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="C427" s="0" t="n">
-        <x:v>198.75</x:v>
+        <x:v>15.65</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:3">
       <x:c r="A428" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B428" s="2">
-        <x:v>45428</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="C428" s="0" t="n">
-        <x:v>125.02</x:v>
+        <x:v>8.04</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:3">
       <x:c r="A429" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B429" s="2">
-        <x:v>45435</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="C429" s="0" t="n">
-        <x:v>125.79</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:3">
       <x:c r="A430" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B430" s="2">
-        <x:v>45442</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="C430" s="0" t="n">
-        <x:v>172.69</x:v>
+        <x:v>15.44</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:3">
       <x:c r="A431" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B431" s="2">
-        <x:v>45449</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="C431" s="0" t="n">
-        <x:v>154.64</x:v>
+        <x:v>13.93</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:3">
       <x:c r="A432" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B432" s="2">
-        <x:v>45456</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="C432" s="0" t="n">
-        <x:v>43.13</x:v>
+        <x:v>14.16</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:3">
       <x:c r="A433" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B433" s="2">
-        <x:v>45463</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="C433" s="0" t="n">
-        <x:v>15.65</x:v>
+        <x:v>158.75</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:3">
       <x:c r="A434" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B434" s="2">
-        <x:v>45470</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="C434" s="0" t="n">
-        <x:v>8.04</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:3">
       <x:c r="A435" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B435" s="2">
-        <x:v>45477</x:v>
+        <x:v>45519</x:v>
       </x:c>
       <x:c r="C435" s="0" t="n">
-        <x:v>20.74</x:v>
+        <x:v>37.56</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:3">
       <x:c r="A436" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B436" s="2">
-        <x:v>45484</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="C436" s="0" t="n">
-        <x:v>15.44</x:v>
+        <x:v>27.45</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:3">
       <x:c r="A437" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B437" s="2">
-        <x:v>45491</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="C437" s="0" t="n">
-        <x:v>13.93</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:3">
       <x:c r="A438" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B438" s="2">
-        <x:v>45498</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="C438" s="0" t="n">
-        <x:v>14.16</x:v>
+        <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:3">
       <x:c r="A439" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B439" s="2">
-        <x:v>45505</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="C439" s="0" t="n">
-        <x:v>158.75</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:3">
       <x:c r="A440" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B440" s="2">
-        <x:v>45512</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="C440" s="0" t="n">
-        <x:v>20.03</x:v>
+        <x:v>9.79</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:3">
       <x:c r="A441" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B441" s="2">
-        <x:v>45519</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="C441" s="0" t="n">
-        <x:v>37.56</x:v>
+        <x:v>16.97</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:3">
       <x:c r="A442" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B442" s="2">
-        <x:v>45526</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="C442" s="0" t="n">
-        <x:v>27.45</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:3">
       <x:c r="A443" s="0" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="B443" s="2">
-        <x:v>45533</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="C443" s="0" t="n">
-        <x:v>2.94</x:v>
-[...64 lines deleted...]
-      <x:c r="C449" s="0" t="n">
         <x:v>21.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId12"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>