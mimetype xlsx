--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8573ee793ebb4e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8dd61e6ee70b4a23a916d8c1a092e069.psmdcp" Id="R02b4618635a84071" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b94d6d3aec4af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/794e24010dae4c9c8d3d67ed1986e20c.psmdcp" Id="Rf41963e570354e4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>אורד</x:t>
   </x:si>
@@ -136,52 +136,52 @@
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Table11" displayName="Table11" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C9" totalsRowShown="0">
-  <x:autoFilter ref="A1:C9"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C5" totalsRowShown="0">
+  <x:autoFilter ref="A1:C5"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table13" displayName="Table13" ref="A1:C204" totalsRowShown="0">
   <x:autoFilter ref="A1:C204"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>45998.5416666667</x:v>
+        <x:v>46205.4166666667</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -575,157 +575,113 @@
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId10"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C9"/>
+  <x:dimension ref="A1:C5"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="10.890625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>26885</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>44924</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>2.34</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>26885</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>44931</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>26885</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>44945</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>2.54</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>26885</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>44952</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>0</x:v>
-[...42 lines deleted...]
-      <x:c r="C9" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId11"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C204"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>