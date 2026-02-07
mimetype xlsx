--- v1 (2026-02-07)
+++ v2 (2026-02-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b94d6d3aec4af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/794e24010dae4c9c8d3d67ed1986e20c.psmdcp" Id="Rf41963e570354e4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827c7a46a0704d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/23d23617e5b447028afe0618e8674073.psmdcp" Id="Rcecf2dc275ca4daf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>אורד</x:t>
   </x:si>
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>46205.4166666667</x:v>
+        <x:v>46060.5416666667</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>