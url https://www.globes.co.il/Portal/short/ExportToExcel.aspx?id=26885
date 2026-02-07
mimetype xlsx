--- v2 (2026-02-07)
+++ v3 (2026-02-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827c7a46a0704d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/23d23617e5b447028afe0618e8674073.psmdcp" Id="Rcecf2dc275ca4daf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7c5015296ca4efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/265a6a8b453446859b67b67ab988979c.psmdcp" Id="Rbab90ac559ef4470" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>אורד</x:t>
   </x:si>
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>46060.5416666667</x:v>
+        <x:v>46236.0416666667</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>