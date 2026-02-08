--- v0 (2025-10-03)
+++ v1 (2026-02-08)
@@ -1,73 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3983d035db204ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84d2b88e7971405ca1e210cb5535dae4.psmdcp" Id="Re269c6d31f4e4212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e7a279908d4639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8de51dd0de8f4af9b3d07209fa624730.psmdcp" Id="Rcbb584b6a1584e10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
-[...2 lines deleted...]
-  </x:si>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3" uniqueCount="3">
   <x:si>
     <x:t>instrumentID</x:t>
   </x:si>
   <x:si>
     <x:t>date</x:t>
   </x:si>
   <x:si>
     <x:t>balance_kNIS</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -136,52 +133,52 @@
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Table11" displayName="Table11" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C80" totalsRowShown="0">
-  <x:autoFilter ref="A1:C80"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C62" totalsRowShown="0">
+  <x:autoFilter ref="A1:C62"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table13" displayName="Table13" ref="A1:C183" totalsRowShown="0">
   <x:autoFilter ref="A1:C183"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -467,1091 +464,885 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>45726.8333333333</x:v>
+        <x:v>46236.1666666667</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
-      <x:c r="A2" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="A2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.6906250000000007" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId9"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="5.6906250000000007" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="C1" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
-      <x:c r="A2" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
+      <x:c r="A2" s="0" t="s"/>
+      <x:c r="B2" s="0" t="s"/>
+      <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId10"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C80"/>
+  <x:dimension ref="A1:C62"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>44840</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>5603.16</x:v>
+        <x:v>364.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>44847</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>5749.75</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>44854</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>5876.96</x:v>
+        <x:v>51.44</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>44861</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>6490.22</x:v>
+        <x:v>312.98</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>44868</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>6797.1</x:v>
+        <x:v>260.81</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>44875</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>5484.15</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>44882</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>6261.89</x:v>
+        <x:v>52.55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>44889</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>7663.52</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>44896</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>8331.6</x:v>
+        <x:v>375.48</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>44903</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>579.23</x:v>
+        <x:v>428.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>44910</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>470.71</x:v>
+        <x:v>426.84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>44917</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>469.17</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>44924</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>467.92</x:v>
+        <x:v>376.46</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>44931</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>473.29</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>44938</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>210.21</x:v>
+        <x:v>54.01</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>44945</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>54.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>44952</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>52.37</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>44959</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>44973</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>364.95</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>44980</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>54.12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>44987</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>51.44</x:v>
+        <x:v>54.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B23" s="2">
-        <x:v>44994</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
-        <x:v>312.98</x:v>
+        <x:v>173.54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B24" s="2">
-        <x:v>45001</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
-        <x:v>260.81</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B25" s="2">
-        <x:v>45008</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B26" s="2">
-        <x:v>45029</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
-        <x:v>52.55</x:v>
+        <x:v>50.09</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B27" s="2">
-        <x:v>45036</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>329.75</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B28" s="2">
-        <x:v>45078</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
-        <x:v>375.48</x:v>
+        <x:v>283.78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B29" s="2">
-        <x:v>45085</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
-        <x:v>428.5</x:v>
+        <x:v>121.02</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B30" s="2">
-        <x:v>45092</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
-        <x:v>426.84</x:v>
+        <x:v>2294.04</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B31" s="2">
-        <x:v>45099</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>2597.39</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B32" s="2">
-        <x:v>45133</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
-        <x:v>376.46</x:v>
+        <x:v>1650.74</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B33" s="2">
-        <x:v>45141</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1850.89</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B34" s="2">
-        <x:v>45162</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
-        <x:v>54.01</x:v>
+        <x:v>1962.66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B35" s="2">
-        <x:v>45169</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
-        <x:v>54.15</x:v>
+        <x:v>2819.91</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B36" s="2">
-        <x:v>45176</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>2854</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B37" s="2">
-        <x:v>45260</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
-        <x:v>54</x:v>
+        <x:v>3836.56</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B38" s="2">
-        <x:v>45267</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>2244.98</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B39" s="2">
-        <x:v>45288</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
-        <x:v>54.12</x:v>
+        <x:v>2265.53</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B40" s="2">
-        <x:v>45295</x:v>
+        <x:v>45421</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
-        <x:v>54.3</x:v>
+        <x:v>2349.35</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B41" s="2">
-        <x:v>45302</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
-        <x:v>173.54</x:v>
+        <x:v>2275.02</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B42" s="2">
-        <x:v>45309</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
-        <x:v>21.02</x:v>
+        <x:v>2336.49</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B43" s="2">
-        <x:v>45316</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>5338.77</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B44" s="2">
-        <x:v>45323</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
-        <x:v>50.09</x:v>
+        <x:v>4835.94</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B45" s="2">
-        <x:v>45330</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
-        <x:v>329.75</x:v>
+        <x:v>4992.18</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B46" s="2">
-        <x:v>45337</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
-        <x:v>283.78</x:v>
+        <x:v>2952.39</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B47" s="2">
-        <x:v>45344</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
-        <x:v>121.02</x:v>
+        <x:v>15326.95</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B48" s="2">
-        <x:v>45351</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
-        <x:v>2294.04</x:v>
+        <x:v>14671.49</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B49" s="2">
-        <x:v>45358</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
-        <x:v>2597.39</x:v>
+        <x:v>11922.95</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B50" s="2">
-        <x:v>45365</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
-        <x:v>1650.74</x:v>
+        <x:v>12373.38</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B51" s="2">
-        <x:v>45372</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
-        <x:v>1850.89</x:v>
+        <x:v>11335.64</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B52" s="2">
-        <x:v>45379</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
-        <x:v>1962.66</x:v>
+        <x:v>10388.47</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B53" s="2">
-        <x:v>45386</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
-        <x:v>2819.91</x:v>
+        <x:v>10218.93</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B54" s="2">
-        <x:v>45393</x:v>
+        <x:v>45519</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
-        <x:v>2854</x:v>
+        <x:v>10288.09</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B55" s="2">
-        <x:v>45400</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
-        <x:v>3836.56</x:v>
+        <x:v>10253.3</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B56" s="2">
-        <x:v>45407</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
-        <x:v>2244.98</x:v>
+        <x:v>9190.94</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B57" s="2">
-        <x:v>45414</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="C57" s="0" t="n">
-        <x:v>2265.53</x:v>
+        <x:v>9207.6</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B58" s="2">
-        <x:v>45421</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="C58" s="0" t="n">
-        <x:v>2349.35</x:v>
+        <x:v>10066.99</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B59" s="2">
-        <x:v>45428</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="C59" s="0" t="n">
-        <x:v>2275.02</x:v>
+        <x:v>10602.07</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B60" s="2">
-        <x:v>45435</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="C60" s="0" t="n">
-        <x:v>2336.49</x:v>
+        <x:v>2495.44</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B61" s="2">
-        <x:v>45442</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="C61" s="0" t="n">
-        <x:v>5338.77</x:v>
+        <x:v>2245.33</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B62" s="2">
-        <x:v>45449</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="C62" s="0" t="n">
-        <x:v>4835.94</x:v>
-[...196 lines deleted...]
-      <x:c r="C80" s="0" t="n">
         <x:v>3625.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId11"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C183"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B2" s="2">
         <x:v>43769</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>286390</x:v>
       </x:c>
       <x:c r="B3" s="2">
         <x:v>43776</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
         <x:v>803.36</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">