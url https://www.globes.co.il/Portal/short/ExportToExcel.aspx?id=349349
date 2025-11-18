--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -1,70 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35bf5c548aa345eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0555942288794843aba638edf8765c91.psmdcp" Id="R41e17467a486494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3715918677a44b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b83c556544a42959f9cd7707fe91e03.psmdcp" Id="Raaef2444ab714cb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
+  <x:si>
+    <x:t>18/11/2025 16:00</x:t>
+  </x:si>
   <x:si>
     <x:t>רבוע נדלן אגח ט</x:t>
   </x:si>
   <x:si>
     <x:t>instrumentID</x:t>
   </x:si>
   <x:si>
     <x:t>date</x:t>
   </x:si>
   <x:si>
     <x:t>balance_kNIS</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -77,111 +80,104 @@
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
-  <x:cellStyleXfs count="3">
+  <x:cellStyleXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
-      <x:protection locked="1" hidden="0"/>
-[...1 lines deleted...]
-    <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="3">
+  <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
-      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...2 lines deleted...]
-    <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Table11" displayName="Table11" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C105" totalsRowShown="0">
-  <x:autoFilter ref="A1:C105"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C98" totalsRowShown="0">
+  <x:autoFilter ref="A1:C98"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table13" displayName="Table13" ref="A1:C174" totalsRowShown="0">
   <x:autoFilter ref="A1:C174"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -466,3266 +462,3183 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
-      <x:c r="A1" s="1">
-        <x:v>45757.0833333333</x:v>
+      <x:c r="A1" s="0" t="s">
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.6906250000000007" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId9"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="5.6906250000000007" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
-      <x:c r="A2" s="0" t="n">
-[...7 lines deleted...]
-      </x:c>
+      <x:c r="A2" s="0" t="s"/>
+      <x:c r="B2" s="0" t="s"/>
+      <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId10"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C105"/>
+  <x:dimension ref="A1:C98"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B2" s="2">
-        <x:v>44840</x:v>
+      <x:c r="B2" s="1">
+        <x:v>44889</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>9131.41</x:v>
+        <x:v>4765.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B3" s="2">
-        <x:v>44847</x:v>
+      <x:c r="B3" s="1">
+        <x:v>44896</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>9203.6</x:v>
+        <x:v>4529.16</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B4" s="2">
-        <x:v>44854</x:v>
+      <x:c r="B4" s="1">
+        <x:v>44903</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>10868.99</x:v>
+        <x:v>3927.45</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B5" s="2">
-        <x:v>44861</x:v>
+      <x:c r="B5" s="1">
+        <x:v>44910</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>11232.65</x:v>
+        <x:v>3522.55</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B6" s="2">
-        <x:v>44868</x:v>
+      <x:c r="B6" s="1">
+        <x:v>44917</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>11891.51</x:v>
+        <x:v>3839.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B7" s="2">
-        <x:v>44875</x:v>
+      <x:c r="B7" s="1">
+        <x:v>44924</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>7801.71</x:v>
+        <x:v>3343.08</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B8" s="2">
-        <x:v>44882</x:v>
+      <x:c r="B8" s="1">
+        <x:v>44931</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>5056.2</x:v>
+        <x:v>3385.46</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B9" s="2">
-        <x:v>44889</x:v>
+      <x:c r="B9" s="1">
+        <x:v>44938</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>4765.36</x:v>
+        <x:v>3667.02</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B10" s="2">
-        <x:v>44896</x:v>
+      <x:c r="B10" s="1">
+        <x:v>44945</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>4529.16</x:v>
+        <x:v>4503.55</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B11" s="2">
-        <x:v>44903</x:v>
+      <x:c r="B11" s="1">
+        <x:v>44952</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>3927.45</x:v>
+        <x:v>4321.69</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B12" s="2">
-        <x:v>44910</x:v>
+      <x:c r="B12" s="1">
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>3522.55</x:v>
+        <x:v>3295.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B13" s="2">
-        <x:v>44917</x:v>
+      <x:c r="B13" s="1">
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>3839.5</x:v>
+        <x:v>5128.71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B14" s="2">
-        <x:v>44924</x:v>
+      <x:c r="B14" s="1">
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>3343.08</x:v>
+        <x:v>7744.23</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B15" s="2">
-        <x:v>44931</x:v>
+      <x:c r="B15" s="1">
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>3385.46</x:v>
+        <x:v>7291.78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B16" s="2">
-        <x:v>44938</x:v>
+      <x:c r="B16" s="1">
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>3667.02</x:v>
+        <x:v>7164.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B17" s="2">
-        <x:v>44945</x:v>
+      <x:c r="B17" s="1">
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>4503.55</x:v>
+        <x:v>13391.17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B18" s="2">
-        <x:v>44952</x:v>
+      <x:c r="B18" s="1">
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>4321.69</x:v>
+        <x:v>13095.83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B19" s="2">
-        <x:v>44966</x:v>
+      <x:c r="B19" s="1">
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>3295.51</x:v>
+        <x:v>13943.54</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B20" s="2">
-        <x:v>44973</x:v>
+      <x:c r="B20" s="1">
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>5128.71</x:v>
+        <x:v>14059.63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B21" s="2">
-        <x:v>44980</x:v>
+      <x:c r="B21" s="1">
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>7744.23</x:v>
+        <x:v>14133.01</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B22" s="2">
-        <x:v>44987</x:v>
+      <x:c r="B22" s="1">
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>7291.78</x:v>
+        <x:v>13422.03</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B23" s="2">
-        <x:v>44994</x:v>
+      <x:c r="B23" s="1">
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
-        <x:v>7164.89</x:v>
+        <x:v>13813.11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B24" s="2">
-        <x:v>45001</x:v>
+      <x:c r="B24" s="1">
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
-        <x:v>13391.17</x:v>
+        <x:v>13873.73</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B25" s="2">
-        <x:v>45008</x:v>
+      <x:c r="B25" s="1">
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
-        <x:v>13095.83</x:v>
+        <x:v>13920.96</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B26" s="2">
-        <x:v>45015</x:v>
+      <x:c r="B26" s="1">
+        <x:v>45064</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
-        <x:v>13943.54</x:v>
+        <x:v>13962.7</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B27" s="2">
-        <x:v>45020</x:v>
+      <x:c r="B27" s="1">
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
-        <x:v>14059.63</x:v>
+        <x:v>14091.81</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B28" s="2">
-        <x:v>45029</x:v>
+      <x:c r="B28" s="1">
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
-        <x:v>14133.01</x:v>
+        <x:v>13491.01</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B29" s="2">
-        <x:v>45036</x:v>
+      <x:c r="B29" s="1">
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
-        <x:v>13422.03</x:v>
+        <x:v>13375.33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B30" s="2">
-        <x:v>45043</x:v>
+      <x:c r="B30" s="1">
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
-        <x:v>13813.11</x:v>
+        <x:v>13637.96</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B31" s="2">
-        <x:v>45050</x:v>
+      <x:c r="B31" s="1">
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
-        <x:v>13873.73</x:v>
+        <x:v>14913.83</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B32" s="2">
-        <x:v>45057</x:v>
+      <x:c r="B32" s="1">
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
-        <x:v>13920.96</x:v>
+        <x:v>13372.81</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B33" s="2">
-        <x:v>45064</x:v>
+      <x:c r="B33" s="1">
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
-        <x:v>13962.7</x:v>
+        <x:v>13289.26</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B34" s="2">
-        <x:v>45070</x:v>
+      <x:c r="B34" s="1">
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
-        <x:v>14091.81</x:v>
+        <x:v>13110.55</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B35" s="2">
-        <x:v>45078</x:v>
+      <x:c r="B35" s="1">
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
-        <x:v>13491.01</x:v>
+        <x:v>15762.18</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B36" s="2">
-        <x:v>45085</x:v>
+      <x:c r="B36" s="1">
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
-        <x:v>13375.33</x:v>
+        <x:v>14509.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B37" s="2">
-        <x:v>45092</x:v>
+      <x:c r="B37" s="1">
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
-        <x:v>13637.96</x:v>
+        <x:v>14044.81</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B38" s="2">
-        <x:v>45099</x:v>
+      <x:c r="B38" s="1">
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
-        <x:v>14913.83</x:v>
+        <x:v>14243.58</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B39" s="2">
-        <x:v>45106</x:v>
+      <x:c r="B39" s="1">
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
-        <x:v>13372.81</x:v>
+        <x:v>13745.7</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B40" s="2">
-        <x:v>45113</x:v>
+      <x:c r="B40" s="1">
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
-        <x:v>13289.26</x:v>
+        <x:v>13795.59</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B41" s="2">
-        <x:v>45120</x:v>
+      <x:c r="B41" s="1">
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
-        <x:v>13110.55</x:v>
+        <x:v>13613.31</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B42" s="2">
-        <x:v>45127</x:v>
+      <x:c r="B42" s="1">
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
-        <x:v>15762.18</x:v>
+        <x:v>13406.11</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B43" s="2">
-        <x:v>45133</x:v>
+      <x:c r="B43" s="1">
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
-        <x:v>14509.3</x:v>
+        <x:v>13298.02</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B44" s="2">
-        <x:v>45141</x:v>
+      <x:c r="B44" s="1">
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
-        <x:v>14044.81</x:v>
+        <x:v>13725.32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B45" s="2">
-        <x:v>45148</x:v>
+      <x:c r="B45" s="1">
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
-        <x:v>14243.58</x:v>
+        <x:v>13630.33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B46" s="2">
-        <x:v>45155</x:v>
+      <x:c r="B46" s="1">
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
-        <x:v>13745.7</x:v>
+        <x:v>14271.37</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B47" s="2">
-        <x:v>45162</x:v>
+      <x:c r="B47" s="1">
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
-        <x:v>13795.59</x:v>
+        <x:v>13620.73</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B48" s="2">
-        <x:v>45169</x:v>
+      <x:c r="B48" s="1">
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
-        <x:v>13613.31</x:v>
+        <x:v>13057.8</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B49" s="2">
-        <x:v>45176</x:v>
+      <x:c r="B49" s="1">
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
-        <x:v>13406.11</x:v>
+        <x:v>19680.62</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B50" s="2">
-        <x:v>45183</x:v>
+      <x:c r="B50" s="1">
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
-        <x:v>13298.02</x:v>
+        <x:v>22979.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B51" s="2">
-        <x:v>45190</x:v>
+      <x:c r="B51" s="1">
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
-        <x:v>13725.32</x:v>
+        <x:v>23632.77</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B52" s="2">
-        <x:v>45197</x:v>
+      <x:c r="B52" s="1">
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
-        <x:v>13630.33</x:v>
+        <x:v>23768.08</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B53" s="2">
-        <x:v>45204</x:v>
+      <x:c r="B53" s="1">
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
-        <x:v>14271.37</x:v>
+        <x:v>24284.54</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B54" s="2">
-        <x:v>45211</x:v>
+      <x:c r="B54" s="1">
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
-        <x:v>13620.73</x:v>
+        <x:v>26351.71</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B55" s="2">
-        <x:v>45218</x:v>
+      <x:c r="B55" s="1">
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
-        <x:v>13057.8</x:v>
+        <x:v>25172.01</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B56" s="2">
-        <x:v>45225</x:v>
+      <x:c r="B56" s="1">
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
-        <x:v>19680.62</x:v>
+        <x:v>25084.24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B57" s="2">
-        <x:v>45232</x:v>
+      <x:c r="B57" s="1">
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="C57" s="0" t="n">
-        <x:v>22979.2</x:v>
+        <x:v>26080.3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B58" s="2">
-        <x:v>45239</x:v>
+      <x:c r="B58" s="1">
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="C58" s="0" t="n">
-        <x:v>23632.77</x:v>
+        <x:v>26531.54</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B59" s="2">
-        <x:v>45246</x:v>
+      <x:c r="B59" s="1">
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="C59" s="0" t="n">
-        <x:v>23768.08</x:v>
+        <x:v>28514.17</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B60" s="2">
-        <x:v>45253</x:v>
+      <x:c r="B60" s="1">
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="C60" s="0" t="n">
-        <x:v>24284.54</x:v>
+        <x:v>29172.65</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B61" s="2">
-        <x:v>45260</x:v>
+      <x:c r="B61" s="1">
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="C61" s="0" t="n">
-        <x:v>26351.71</x:v>
+        <x:v>32203.45</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B62" s="2">
-        <x:v>45267</x:v>
+      <x:c r="B62" s="1">
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="C62" s="0" t="n">
-        <x:v>25172.01</x:v>
+        <x:v>32774.91</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B63" s="2">
-        <x:v>45274</x:v>
+      <x:c r="B63" s="1">
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="C63" s="0" t="n">
-        <x:v>25084.24</x:v>
+        <x:v>31336.6</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B64" s="2">
-        <x:v>45281</x:v>
+      <x:c r="B64" s="1">
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="C64" s="0" t="n">
-        <x:v>26080.3</x:v>
+        <x:v>32483.79</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B65" s="2">
-        <x:v>45288</x:v>
+      <x:c r="B65" s="1">
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="C65" s="0" t="n">
-        <x:v>26531.54</x:v>
+        <x:v>33109.82</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B66" s="2">
-        <x:v>45295</x:v>
+      <x:c r="B66" s="1">
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="C66" s="0" t="n">
-        <x:v>28514.17</x:v>
+        <x:v>35203.86</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B67" s="2">
-        <x:v>45302</x:v>
+      <x:c r="B67" s="1">
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="C67" s="0" t="n">
-        <x:v>29172.65</x:v>
+        <x:v>36432.24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B68" s="2">
-        <x:v>45309</x:v>
+      <x:c r="B68" s="1">
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="C68" s="0" t="n">
-        <x:v>32203.45</x:v>
+        <x:v>37962.46</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B69" s="2">
-        <x:v>45316</x:v>
+      <x:c r="B69" s="1">
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="C69" s="0" t="n">
-        <x:v>32774.91</x:v>
+        <x:v>39180.91</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B70" s="2">
-        <x:v>45323</x:v>
+      <x:c r="B70" s="1">
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="C70" s="0" t="n">
-        <x:v>31336.6</x:v>
+        <x:v>40797.56</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B71" s="2">
-        <x:v>45330</x:v>
+      <x:c r="B71" s="1">
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="C71" s="0" t="n">
-        <x:v>32483.79</x:v>
+        <x:v>41490.88</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B72" s="2">
-        <x:v>45337</x:v>
+      <x:c r="B72" s="1">
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="C72" s="0" t="n">
-        <x:v>33109.82</x:v>
+        <x:v>42069.84</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B73" s="2">
-        <x:v>45344</x:v>
+      <x:c r="B73" s="1">
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="C73" s="0" t="n">
-        <x:v>35203.86</x:v>
+        <x:v>41892.15</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B74" s="2">
-        <x:v>45351</x:v>
+      <x:c r="B74" s="1">
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="C74" s="0" t="n">
-        <x:v>36432.24</x:v>
+        <x:v>38296.02</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B75" s="2">
-        <x:v>45358</x:v>
+      <x:c r="B75" s="1">
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="C75" s="0" t="n">
-        <x:v>37962.46</x:v>
+        <x:v>40002.01</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B76" s="2">
-        <x:v>45365</x:v>
+      <x:c r="B76" s="1">
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="C76" s="0" t="n">
-        <x:v>39180.91</x:v>
+        <x:v>40750.27</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B77" s="2">
-        <x:v>45372</x:v>
+      <x:c r="B77" s="1">
+        <x:v>45421</x:v>
       </x:c>
       <x:c r="C77" s="0" t="n">
-        <x:v>40797.56</x:v>
+        <x:v>40896.79</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B78" s="2">
-        <x:v>45379</x:v>
+      <x:c r="B78" s="1">
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="C78" s="0" t="n">
-        <x:v>41490.88</x:v>
+        <x:v>41140.66</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B79" s="2">
-        <x:v>45386</x:v>
+      <x:c r="B79" s="1">
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="C79" s="0" t="n">
-        <x:v>42069.84</x:v>
+        <x:v>41520.61</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B80" s="2">
-        <x:v>45393</x:v>
+      <x:c r="B80" s="1">
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="C80" s="0" t="n">
-        <x:v>41892.15</x:v>
+        <x:v>42837.4</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B81" s="2">
-        <x:v>45400</x:v>
+      <x:c r="B81" s="1">
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="C81" s="0" t="n">
-        <x:v>38296.02</x:v>
+        <x:v>41422.9</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B82" s="2">
-        <x:v>45407</x:v>
+      <x:c r="B82" s="1">
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="C82" s="0" t="n">
-        <x:v>40002.01</x:v>
+        <x:v>22063.94</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B83" s="2">
-        <x:v>45414</x:v>
+      <x:c r="B83" s="1">
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="C83" s="0" t="n">
-        <x:v>40750.27</x:v>
+        <x:v>22430.33</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B84" s="2">
-        <x:v>45421</x:v>
+      <x:c r="B84" s="1">
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="C84" s="0" t="n">
-        <x:v>40896.79</x:v>
+        <x:v>22260.11</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B85" s="2">
-        <x:v>45428</x:v>
+      <x:c r="B85" s="1">
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="C85" s="0" t="n">
-        <x:v>41140.66</x:v>
+        <x:v>16701.71</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B86" s="2">
-        <x:v>45435</x:v>
+      <x:c r="B86" s="1">
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="C86" s="0" t="n">
-        <x:v>41520.61</x:v>
+        <x:v>18105.27</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B87" s="2">
-        <x:v>45442</x:v>
+      <x:c r="B87" s="1">
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="C87" s="0" t="n">
-        <x:v>42837.4</x:v>
+        <x:v>19087.92</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B88" s="2">
-        <x:v>45449</x:v>
+      <x:c r="B88" s="1">
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="C88" s="0" t="n">
-        <x:v>41422.9</x:v>
+        <x:v>20316.35</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:3">
       <x:c r="A89" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B89" s="2">
-        <x:v>45456</x:v>
+      <x:c r="B89" s="1">
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="C89" s="0" t="n">
-        <x:v>22063.94</x:v>
+        <x:v>20184.23</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B90" s="2">
-        <x:v>45463</x:v>
+      <x:c r="B90" s="1">
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="C90" s="0" t="n">
-        <x:v>22430.33</x:v>
+        <x:v>20447.37</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:3">
       <x:c r="A91" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B91" s="2">
-        <x:v>45470</x:v>
+      <x:c r="B91" s="1">
+        <x:v>45519</x:v>
       </x:c>
       <x:c r="C91" s="0" t="n">
-        <x:v>22260.11</x:v>
+        <x:v>21784.05</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:3">
       <x:c r="A92" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B92" s="2">
-        <x:v>45477</x:v>
+      <x:c r="B92" s="1">
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="C92" s="0" t="n">
-        <x:v>16701.71</x:v>
+        <x:v>21900.72</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:3">
       <x:c r="A93" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B93" s="2">
-        <x:v>45484</x:v>
+      <x:c r="B93" s="1">
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="C93" s="0" t="n">
-        <x:v>18105.27</x:v>
+        <x:v>23459.48</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:3">
       <x:c r="A94" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B94" s="2">
-        <x:v>45491</x:v>
+      <x:c r="B94" s="1">
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="C94" s="0" t="n">
-        <x:v>19087.92</x:v>
+        <x:v>24225.22</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:3">
       <x:c r="A95" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B95" s="2">
-        <x:v>45498</x:v>
+      <x:c r="B95" s="1">
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="C95" s="0" t="n">
-        <x:v>20316.35</x:v>
+        <x:v>25337.03</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:3">
       <x:c r="A96" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B96" s="2">
-        <x:v>45505</x:v>
+      <x:c r="B96" s="1">
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="C96" s="0" t="n">
-        <x:v>20184.23</x:v>
+        <x:v>23084.99</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:3">
       <x:c r="A97" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B97" s="2">
-        <x:v>45512</x:v>
+      <x:c r="B97" s="1">
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="C97" s="0" t="n">
-        <x:v>20447.37</x:v>
+        <x:v>23685.57</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:3">
       <x:c r="A98" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B98" s="2">
-        <x:v>45519</x:v>
+      <x:c r="B98" s="1">
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="C98" s="0" t="n">
-        <x:v>21784.05</x:v>
-[...75 lines deleted...]
-      <x:c r="C105" s="0" t="n">
         <x:v>24961.97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId11"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C174"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B2" s="2">
+      <x:c r="B2" s="1">
         <x:v>44315</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
         <x:v>49.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B3" s="2">
+      <x:c r="B3" s="1">
         <x:v>44322</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B4" s="2">
+      <x:c r="B4" s="1">
         <x:v>44336</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
         <x:v>8354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B5" s="2">
+      <x:c r="B5" s="1">
         <x:v>44343</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
         <x:v>14088.67</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B6" s="2">
+      <x:c r="B6" s="1">
         <x:v>44350</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
         <x:v>8670.46</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B7" s="2">
+      <x:c r="B7" s="1">
         <x:v>44357</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
         <x:v>2074.45</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B8" s="2">
+      <x:c r="B8" s="1">
         <x:v>44364</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
         <x:v>1034.23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B9" s="2">
+      <x:c r="B9" s="1">
         <x:v>44371</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
         <x:v>2320.08</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B10" s="2">
+      <x:c r="B10" s="1">
         <x:v>44378</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
         <x:v>3710.59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B11" s="2">
+      <x:c r="B11" s="1">
         <x:v>44385</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
         <x:v>3717.01</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B12" s="2">
+      <x:c r="B12" s="1">
         <x:v>44392</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
         <x:v>7575.21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B13" s="2">
+      <x:c r="B13" s="1">
         <x:v>44399</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
         <x:v>8294.91</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B14" s="2">
+      <x:c r="B14" s="1">
         <x:v>44406</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
         <x:v>8036.82</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B15" s="2">
+      <x:c r="B15" s="1">
         <x:v>44413</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
         <x:v>12304.54</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B16" s="2">
+      <x:c r="B16" s="1">
         <x:v>44420</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
         <x:v>23991.25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B17" s="2">
+      <x:c r="B17" s="1">
         <x:v>44427</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
         <x:v>25220.31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B18" s="2">
+      <x:c r="B18" s="1">
         <x:v>44434</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
         <x:v>27085.31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B19" s="2">
+      <x:c r="B19" s="1">
         <x:v>44441</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
         <x:v>27658</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B20" s="2">
+      <x:c r="B20" s="1">
         <x:v>44448</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>28354.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B21" s="2">
+      <x:c r="B21" s="1">
         <x:v>44453</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
         <x:v>30026.95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B22" s="2">
+      <x:c r="B22" s="1">
         <x:v>44462</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
         <x:v>30694.48</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B23" s="2">
+      <x:c r="B23" s="1">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
         <x:v>29723.79</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B24" s="2">
+      <x:c r="B24" s="1">
         <x:v>44476</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
         <x:v>6996.07</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B25" s="2">
+      <x:c r="B25" s="1">
         <x:v>44483</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
         <x:v>7542.51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B26" s="2">
+      <x:c r="B26" s="1">
         <x:v>44490</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
         <x:v>6293.41</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B27" s="2">
+      <x:c r="B27" s="1">
         <x:v>44497</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
         <x:v>7746.04</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B28" s="2">
+      <x:c r="B28" s="1">
         <x:v>44504</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
         <x:v>8279.07</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B29" s="2">
+      <x:c r="B29" s="1">
         <x:v>44511</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
         <x:v>8513.86</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B30" s="2">
+      <x:c r="B30" s="1">
         <x:v>44518</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
         <x:v>6581.95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B31" s="2">
+      <x:c r="B31" s="1">
         <x:v>44525</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
         <x:v>6576.63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B32" s="2">
+      <x:c r="B32" s="1">
         <x:v>44532</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
         <x:v>6740.07</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B33" s="2">
+      <x:c r="B33" s="1">
         <x:v>44539</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
         <x:v>6175.97</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B34" s="2">
+      <x:c r="B34" s="1">
         <x:v>44546</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
         <x:v>6326.57</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B35" s="2">
+      <x:c r="B35" s="1">
         <x:v>44553</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
         <x:v>6929.84</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B36" s="2">
+      <x:c r="B36" s="1">
         <x:v>44560</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
         <x:v>6190.88</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B37" s="2">
+      <x:c r="B37" s="1">
         <x:v>44567</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
         <x:v>48079.27</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B38" s="2">
+      <x:c r="B38" s="1">
         <x:v>44574</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
         <x:v>3136.09</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B39" s="2">
+      <x:c r="B39" s="1">
         <x:v>44581</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
         <x:v>374.2</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B40" s="2">
+      <x:c r="B40" s="1">
         <x:v>44588</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
         <x:v>391.16</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B41" s="2">
+      <x:c r="B41" s="1">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
         <x:v>2390.88</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B42" s="2">
+      <x:c r="B42" s="1">
         <x:v>44602</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
         <x:v>4352.74</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B43" s="2">
+      <x:c r="B43" s="1">
         <x:v>44609</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
         <x:v>12797.91</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B44" s="2">
+      <x:c r="B44" s="1">
         <x:v>44616</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
         <x:v>13546.3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B45" s="2">
+      <x:c r="B45" s="1">
         <x:v>44623</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
         <x:v>27149.21</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B46" s="2">
+      <x:c r="B46" s="1">
         <x:v>44630</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
         <x:v>33298.82</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B47" s="2">
+      <x:c r="B47" s="1">
         <x:v>44636</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
         <x:v>36332.79</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B48" s="2">
+      <x:c r="B48" s="1">
         <x:v>44644</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
         <x:v>38586.48</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B49" s="2">
+      <x:c r="B49" s="1">
         <x:v>44651</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
         <x:v>40428.41</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B50" s="2">
+      <x:c r="B50" s="1">
         <x:v>44658</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
         <x:v>46209.02</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B51" s="2">
+      <x:c r="B51" s="1">
         <x:v>44665</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
         <x:v>47426.62</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B52" s="2">
+      <x:c r="B52" s="1">
         <x:v>44671</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
         <x:v>48868.09</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B53" s="2">
+      <x:c r="B53" s="1">
         <x:v>44679</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
         <x:v>56360.06</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B54" s="2">
+      <x:c r="B54" s="1">
         <x:v>44684</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
         <x:v>65763.38</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B55" s="2">
+      <x:c r="B55" s="1">
         <x:v>44693</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
         <x:v>68138.63</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B56" s="2">
+      <x:c r="B56" s="1">
         <x:v>44700</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
         <x:v>42663.86</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B57" s="2">
+      <x:c r="B57" s="1">
         <x:v>44707</x:v>
       </x:c>
       <x:c r="C57" s="0" t="n">
         <x:v>35931.34</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B58" s="2">
+      <x:c r="B58" s="1">
         <x:v>44714</x:v>
       </x:c>
       <x:c r="C58" s="0" t="n">
         <x:v>37984.34</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B59" s="2">
+      <x:c r="B59" s="1">
         <x:v>44735</x:v>
       </x:c>
       <x:c r="C59" s="0" t="n">
         <x:v>41546.11</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B60" s="2">
+      <x:c r="B60" s="1">
         <x:v>44756</x:v>
       </x:c>
       <x:c r="C60" s="0" t="n">
         <x:v>3305.06</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B61" s="2">
+      <x:c r="B61" s="1">
         <x:v>44763</x:v>
       </x:c>
       <x:c r="C61" s="0" t="n">
         <x:v>7926.46</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B62" s="2">
+      <x:c r="B62" s="1">
         <x:v>44770</x:v>
       </x:c>
       <x:c r="C62" s="0" t="n">
         <x:v>8094.1</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B63" s="2">
+      <x:c r="B63" s="1">
         <x:v>44784</x:v>
       </x:c>
       <x:c r="C63" s="0" t="n">
         <x:v>9907.71</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B64" s="2">
+      <x:c r="B64" s="1">
         <x:v>44791</x:v>
       </x:c>
       <x:c r="C64" s="0" t="n">
         <x:v>10509.64</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B65" s="2">
+      <x:c r="B65" s="1">
         <x:v>44798</x:v>
       </x:c>
       <x:c r="C65" s="0" t="n">
         <x:v>10984.13</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B66" s="2">
+      <x:c r="B66" s="1">
         <x:v>44805</x:v>
       </x:c>
       <x:c r="C66" s="0" t="n">
         <x:v>10048.58</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B67" s="2">
+      <x:c r="B67" s="1">
         <x:v>44812</x:v>
       </x:c>
       <x:c r="C67" s="0" t="n">
         <x:v>9788.33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B68" s="2">
+      <x:c r="B68" s="1">
         <x:v>44819</x:v>
       </x:c>
       <x:c r="C68" s="0" t="n">
         <x:v>9070.33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B69" s="2">
+      <x:c r="B69" s="1">
         <x:v>44826</x:v>
       </x:c>
       <x:c r="C69" s="0" t="n">
         <x:v>9097.2</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B70" s="2">
+      <x:c r="B70" s="1">
         <x:v>44833</x:v>
       </x:c>
       <x:c r="C70" s="0" t="n">
         <x:v>9240.43</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B71" s="2">
+      <x:c r="B71" s="1">
         <x:v>44840</x:v>
       </x:c>
       <x:c r="C71" s="0" t="n">
         <x:v>9131.41</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B72" s="2">
+      <x:c r="B72" s="1">
         <x:v>44847</x:v>
       </x:c>
       <x:c r="C72" s="0" t="n">
         <x:v>9203.6</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B73" s="2">
+      <x:c r="B73" s="1">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="C73" s="0" t="n">
         <x:v>10868.99</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B74" s="2">
+      <x:c r="B74" s="1">
         <x:v>44861</x:v>
       </x:c>
       <x:c r="C74" s="0" t="n">
         <x:v>11232.65</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B75" s="2">
+      <x:c r="B75" s="1">
         <x:v>44868</x:v>
       </x:c>
       <x:c r="C75" s="0" t="n">
         <x:v>11891.51</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B76" s="2">
+      <x:c r="B76" s="1">
         <x:v>44875</x:v>
       </x:c>
       <x:c r="C76" s="0" t="n">
         <x:v>7801.71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B77" s="2">
+      <x:c r="B77" s="1">
         <x:v>44882</x:v>
       </x:c>
       <x:c r="C77" s="0" t="n">
         <x:v>5056.2</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B78" s="2">
+      <x:c r="B78" s="1">
         <x:v>44889</x:v>
       </x:c>
       <x:c r="C78" s="0" t="n">
         <x:v>4765.36</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B79" s="2">
+      <x:c r="B79" s="1">
         <x:v>44896</x:v>
       </x:c>
       <x:c r="C79" s="0" t="n">
         <x:v>4529.16</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B80" s="2">
+      <x:c r="B80" s="1">
         <x:v>44903</x:v>
       </x:c>
       <x:c r="C80" s="0" t="n">
         <x:v>3927.45</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B81" s="2">
+      <x:c r="B81" s="1">
         <x:v>44910</x:v>
       </x:c>
       <x:c r="C81" s="0" t="n">
         <x:v>3522.55</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B82" s="2">
+      <x:c r="B82" s="1">
         <x:v>44917</x:v>
       </x:c>
       <x:c r="C82" s="0" t="n">
         <x:v>3839.5</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B83" s="2">
+      <x:c r="B83" s="1">
         <x:v>44924</x:v>
       </x:c>
       <x:c r="C83" s="0" t="n">
         <x:v>3343.08</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B84" s="2">
+      <x:c r="B84" s="1">
         <x:v>44931</x:v>
       </x:c>
       <x:c r="C84" s="0" t="n">
         <x:v>3385.46</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B85" s="2">
+      <x:c r="B85" s="1">
         <x:v>44938</x:v>
       </x:c>
       <x:c r="C85" s="0" t="n">
         <x:v>3667.02</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B86" s="2">
+      <x:c r="B86" s="1">
         <x:v>44945</x:v>
       </x:c>
       <x:c r="C86" s="0" t="n">
         <x:v>4503.55</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B87" s="2">
+      <x:c r="B87" s="1">
         <x:v>44952</x:v>
       </x:c>
       <x:c r="C87" s="0" t="n">
         <x:v>4321.69</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B88" s="2">
+      <x:c r="B88" s="1">
         <x:v>44966</x:v>
       </x:c>
       <x:c r="C88" s="0" t="n">
         <x:v>3295.51</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:3">
       <x:c r="A89" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B89" s="2">
+      <x:c r="B89" s="1">
         <x:v>44973</x:v>
       </x:c>
       <x:c r="C89" s="0" t="n">
         <x:v>5128.71</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B90" s="2">
+      <x:c r="B90" s="1">
         <x:v>44980</x:v>
       </x:c>
       <x:c r="C90" s="0" t="n">
         <x:v>7744.23</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:3">
       <x:c r="A91" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B91" s="2">
+      <x:c r="B91" s="1">
         <x:v>44987</x:v>
       </x:c>
       <x:c r="C91" s="0" t="n">
         <x:v>7291.78</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:3">
       <x:c r="A92" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B92" s="2">
+      <x:c r="B92" s="1">
         <x:v>44994</x:v>
       </x:c>
       <x:c r="C92" s="0" t="n">
         <x:v>7164.89</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:3">
       <x:c r="A93" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B93" s="2">
+      <x:c r="B93" s="1">
         <x:v>45001</x:v>
       </x:c>
       <x:c r="C93" s="0" t="n">
         <x:v>13391.17</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:3">
       <x:c r="A94" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B94" s="2">
+      <x:c r="B94" s="1">
         <x:v>45008</x:v>
       </x:c>
       <x:c r="C94" s="0" t="n">
         <x:v>13095.83</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:3">
       <x:c r="A95" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B95" s="2">
+      <x:c r="B95" s="1">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="C95" s="0" t="n">
         <x:v>13943.54</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:3">
       <x:c r="A96" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B96" s="2">
+      <x:c r="B96" s="1">
         <x:v>45020</x:v>
       </x:c>
       <x:c r="C96" s="0" t="n">
         <x:v>14059.63</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:3">
       <x:c r="A97" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B97" s="2">
+      <x:c r="B97" s="1">
         <x:v>45029</x:v>
       </x:c>
       <x:c r="C97" s="0" t="n">
         <x:v>14133.01</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:3">
       <x:c r="A98" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B98" s="2">
+      <x:c r="B98" s="1">
         <x:v>45036</x:v>
       </x:c>
       <x:c r="C98" s="0" t="n">
         <x:v>13422.03</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:3">
       <x:c r="A99" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B99" s="2">
+      <x:c r="B99" s="1">
         <x:v>45043</x:v>
       </x:c>
       <x:c r="C99" s="0" t="n">
         <x:v>13813.11</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:3">
       <x:c r="A100" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B100" s="2">
+      <x:c r="B100" s="1">
         <x:v>45050</x:v>
       </x:c>
       <x:c r="C100" s="0" t="n">
         <x:v>13873.73</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:3">
       <x:c r="A101" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B101" s="2">
+      <x:c r="B101" s="1">
         <x:v>45057</x:v>
       </x:c>
       <x:c r="C101" s="0" t="n">
         <x:v>13920.96</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:3">
       <x:c r="A102" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B102" s="2">
+      <x:c r="B102" s="1">
         <x:v>45064</x:v>
       </x:c>
       <x:c r="C102" s="0" t="n">
         <x:v>13962.7</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:3">
       <x:c r="A103" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B103" s="2">
+      <x:c r="B103" s="1">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="C103" s="0" t="n">
         <x:v>14091.81</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:3">
       <x:c r="A104" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B104" s="2">
+      <x:c r="B104" s="1">
         <x:v>45078</x:v>
       </x:c>
       <x:c r="C104" s="0" t="n">
         <x:v>13491.01</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:3">
       <x:c r="A105" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B105" s="2">
+      <x:c r="B105" s="1">
         <x:v>45085</x:v>
       </x:c>
       <x:c r="C105" s="0" t="n">
         <x:v>13375.33</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:3">
       <x:c r="A106" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B106" s="2">
+      <x:c r="B106" s="1">
         <x:v>45092</x:v>
       </x:c>
       <x:c r="C106" s="0" t="n">
         <x:v>13637.96</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:3">
       <x:c r="A107" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B107" s="2">
+      <x:c r="B107" s="1">
         <x:v>45099</x:v>
       </x:c>
       <x:c r="C107" s="0" t="n">
         <x:v>14913.83</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:3">
       <x:c r="A108" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B108" s="2">
+      <x:c r="B108" s="1">
         <x:v>45106</x:v>
       </x:c>
       <x:c r="C108" s="0" t="n">
         <x:v>13372.81</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:3">
       <x:c r="A109" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B109" s="2">
+      <x:c r="B109" s="1">
         <x:v>45113</x:v>
       </x:c>
       <x:c r="C109" s="0" t="n">
         <x:v>13289.26</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:3">
       <x:c r="A110" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B110" s="2">
+      <x:c r="B110" s="1">
         <x:v>45120</x:v>
       </x:c>
       <x:c r="C110" s="0" t="n">
         <x:v>13110.55</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:3">
       <x:c r="A111" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B111" s="2">
+      <x:c r="B111" s="1">
         <x:v>45127</x:v>
       </x:c>
       <x:c r="C111" s="0" t="n">
         <x:v>15762.18</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:3">
       <x:c r="A112" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B112" s="2">
+      <x:c r="B112" s="1">
         <x:v>45133</x:v>
       </x:c>
       <x:c r="C112" s="0" t="n">
         <x:v>14509.3</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:3">
       <x:c r="A113" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B113" s="2">
+      <x:c r="B113" s="1">
         <x:v>45141</x:v>
       </x:c>
       <x:c r="C113" s="0" t="n">
         <x:v>14044.81</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:3">
       <x:c r="A114" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B114" s="2">
+      <x:c r="B114" s="1">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="C114" s="0" t="n">
         <x:v>14243.58</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:3">
       <x:c r="A115" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B115" s="2">
+      <x:c r="B115" s="1">
         <x:v>45155</x:v>
       </x:c>
       <x:c r="C115" s="0" t="n">
         <x:v>13745.7</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:3">
       <x:c r="A116" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B116" s="2">
+      <x:c r="B116" s="1">
         <x:v>45162</x:v>
       </x:c>
       <x:c r="C116" s="0" t="n">
         <x:v>13795.59</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:3">
       <x:c r="A117" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B117" s="2">
+      <x:c r="B117" s="1">
         <x:v>45169</x:v>
       </x:c>
       <x:c r="C117" s="0" t="n">
         <x:v>13613.31</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:3">
       <x:c r="A118" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B118" s="2">
+      <x:c r="B118" s="1">
         <x:v>45176</x:v>
       </x:c>
       <x:c r="C118" s="0" t="n">
         <x:v>13406.11</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:3">
       <x:c r="A119" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B119" s="2">
+      <x:c r="B119" s="1">
         <x:v>45183</x:v>
       </x:c>
       <x:c r="C119" s="0" t="n">
         <x:v>13298.02</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:3">
       <x:c r="A120" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B120" s="2">
+      <x:c r="B120" s="1">
         <x:v>45190</x:v>
       </x:c>
       <x:c r="C120" s="0" t="n">
         <x:v>13725.32</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:3">
       <x:c r="A121" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B121" s="2">
+      <x:c r="B121" s="1">
         <x:v>45197</x:v>
       </x:c>
       <x:c r="C121" s="0" t="n">
         <x:v>13630.33</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:3">
       <x:c r="A122" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B122" s="2">
+      <x:c r="B122" s="1">
         <x:v>45204</x:v>
       </x:c>
       <x:c r="C122" s="0" t="n">
         <x:v>14271.37</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:3">
       <x:c r="A123" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B123" s="2">
+      <x:c r="B123" s="1">
         <x:v>45211</x:v>
       </x:c>
       <x:c r="C123" s="0" t="n">
         <x:v>13620.73</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:3">
       <x:c r="A124" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B124" s="2">
+      <x:c r="B124" s="1">
         <x:v>45218</x:v>
       </x:c>
       <x:c r="C124" s="0" t="n">
         <x:v>13057.8</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:3">
       <x:c r="A125" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B125" s="2">
+      <x:c r="B125" s="1">
         <x:v>45225</x:v>
       </x:c>
       <x:c r="C125" s="0" t="n">
         <x:v>19680.62</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:3">
       <x:c r="A126" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B126" s="2">
+      <x:c r="B126" s="1">
         <x:v>45232</x:v>
       </x:c>
       <x:c r="C126" s="0" t="n">
         <x:v>22979.2</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:3">
       <x:c r="A127" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B127" s="2">
+      <x:c r="B127" s="1">
         <x:v>45239</x:v>
       </x:c>
       <x:c r="C127" s="0" t="n">
         <x:v>23632.77</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:3">
       <x:c r="A128" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B128" s="2">
+      <x:c r="B128" s="1">
         <x:v>45246</x:v>
       </x:c>
       <x:c r="C128" s="0" t="n">
         <x:v>23768.08</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:3">
       <x:c r="A129" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B129" s="2">
+      <x:c r="B129" s="1">
         <x:v>45253</x:v>
       </x:c>
       <x:c r="C129" s="0" t="n">
         <x:v>24284.54</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:3">
       <x:c r="A130" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B130" s="2">
+      <x:c r="B130" s="1">
         <x:v>45260</x:v>
       </x:c>
       <x:c r="C130" s="0" t="n">
         <x:v>26351.71</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:3">
       <x:c r="A131" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B131" s="2">
+      <x:c r="B131" s="1">
         <x:v>45267</x:v>
       </x:c>
       <x:c r="C131" s="0" t="n">
         <x:v>25172.01</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:3">
       <x:c r="A132" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B132" s="2">
+      <x:c r="B132" s="1">
         <x:v>45274</x:v>
       </x:c>
       <x:c r="C132" s="0" t="n">
         <x:v>25084.24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:3">
       <x:c r="A133" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B133" s="2">
+      <x:c r="B133" s="1">
         <x:v>45281</x:v>
       </x:c>
       <x:c r="C133" s="0" t="n">
         <x:v>26080.3</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:3">
       <x:c r="A134" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B134" s="2">
+      <x:c r="B134" s="1">
         <x:v>45288</x:v>
       </x:c>
       <x:c r="C134" s="0" t="n">
         <x:v>26531.54</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:3">
       <x:c r="A135" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B135" s="2">
+      <x:c r="B135" s="1">
         <x:v>45295</x:v>
       </x:c>
       <x:c r="C135" s="0" t="n">
         <x:v>28514.17</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:3">
       <x:c r="A136" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B136" s="2">
+      <x:c r="B136" s="1">
         <x:v>45302</x:v>
       </x:c>
       <x:c r="C136" s="0" t="n">
         <x:v>29172.65</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:3">
       <x:c r="A137" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B137" s="2">
+      <x:c r="B137" s="1">
         <x:v>45309</x:v>
       </x:c>
       <x:c r="C137" s="0" t="n">
         <x:v>32203.45</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:3">
       <x:c r="A138" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B138" s="2">
+      <x:c r="B138" s="1">
         <x:v>45316</x:v>
       </x:c>
       <x:c r="C138" s="0" t="n">
         <x:v>32774.91</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:3">
       <x:c r="A139" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B139" s="2">
+      <x:c r="B139" s="1">
         <x:v>45323</x:v>
       </x:c>
       <x:c r="C139" s="0" t="n">
         <x:v>31336.6</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:3">
       <x:c r="A140" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B140" s="2">
+      <x:c r="B140" s="1">
         <x:v>45330</x:v>
       </x:c>
       <x:c r="C140" s="0" t="n">
         <x:v>32483.79</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:3">
       <x:c r="A141" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B141" s="2">
+      <x:c r="B141" s="1">
         <x:v>45337</x:v>
       </x:c>
       <x:c r="C141" s="0" t="n">
         <x:v>33109.82</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:3">
       <x:c r="A142" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B142" s="2">
+      <x:c r="B142" s="1">
         <x:v>45344</x:v>
       </x:c>
       <x:c r="C142" s="0" t="n">
         <x:v>35203.86</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:3">
       <x:c r="A143" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B143" s="2">
+      <x:c r="B143" s="1">
         <x:v>45351</x:v>
       </x:c>
       <x:c r="C143" s="0" t="n">
         <x:v>36432.24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:3">
       <x:c r="A144" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B144" s="2">
+      <x:c r="B144" s="1">
         <x:v>45358</x:v>
       </x:c>
       <x:c r="C144" s="0" t="n">
         <x:v>37962.46</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:3">
       <x:c r="A145" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B145" s="2">
+      <x:c r="B145" s="1">
         <x:v>45365</x:v>
       </x:c>
       <x:c r="C145" s="0" t="n">
         <x:v>39180.91</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:3">
       <x:c r="A146" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B146" s="2">
+      <x:c r="B146" s="1">
         <x:v>45372</x:v>
       </x:c>
       <x:c r="C146" s="0" t="n">
         <x:v>40797.56</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:3">
       <x:c r="A147" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B147" s="2">
+      <x:c r="B147" s="1">
         <x:v>45379</x:v>
       </x:c>
       <x:c r="C147" s="0" t="n">
         <x:v>41490.88</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:3">
       <x:c r="A148" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B148" s="2">
+      <x:c r="B148" s="1">
         <x:v>45386</x:v>
       </x:c>
       <x:c r="C148" s="0" t="n">
         <x:v>42069.84</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:3">
       <x:c r="A149" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B149" s="2">
+      <x:c r="B149" s="1">
         <x:v>45393</x:v>
       </x:c>
       <x:c r="C149" s="0" t="n">
         <x:v>41892.15</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:3">
       <x:c r="A150" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B150" s="2">
+      <x:c r="B150" s="1">
         <x:v>45400</x:v>
       </x:c>
       <x:c r="C150" s="0" t="n">
         <x:v>38296.02</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:3">
       <x:c r="A151" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B151" s="2">
+      <x:c r="B151" s="1">
         <x:v>45407</x:v>
       </x:c>
       <x:c r="C151" s="0" t="n">
         <x:v>40002.01</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:3">
       <x:c r="A152" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B152" s="2">
+      <x:c r="B152" s="1">
         <x:v>45414</x:v>
       </x:c>
       <x:c r="C152" s="0" t="n">
         <x:v>40750.27</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:3">
       <x:c r="A153" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B153" s="2">
+      <x:c r="B153" s="1">
         <x:v>45421</x:v>
       </x:c>
       <x:c r="C153" s="0" t="n">
         <x:v>40896.79</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:3">
       <x:c r="A154" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B154" s="2">
+      <x:c r="B154" s="1">
         <x:v>45428</x:v>
       </x:c>
       <x:c r="C154" s="0" t="n">
         <x:v>41140.66</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:3">
       <x:c r="A155" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B155" s="2">
+      <x:c r="B155" s="1">
         <x:v>45435</x:v>
       </x:c>
       <x:c r="C155" s="0" t="n">
         <x:v>41520.61</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:3">
       <x:c r="A156" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B156" s="2">
+      <x:c r="B156" s="1">
         <x:v>45442</x:v>
       </x:c>
       <x:c r="C156" s="0" t="n">
         <x:v>42837.4</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:3">
       <x:c r="A157" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B157" s="2">
+      <x:c r="B157" s="1">
         <x:v>45449</x:v>
       </x:c>
       <x:c r="C157" s="0" t="n">
         <x:v>41422.9</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:3">
       <x:c r="A158" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B158" s="2">
+      <x:c r="B158" s="1">
         <x:v>45456</x:v>
       </x:c>
       <x:c r="C158" s="0" t="n">
         <x:v>22063.94</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:3">
       <x:c r="A159" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B159" s="2">
+      <x:c r="B159" s="1">
         <x:v>45463</x:v>
       </x:c>
       <x:c r="C159" s="0" t="n">
         <x:v>22430.33</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:3">
       <x:c r="A160" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B160" s="2">
+      <x:c r="B160" s="1">
         <x:v>45470</x:v>
       </x:c>
       <x:c r="C160" s="0" t="n">
         <x:v>22260.11</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:3">
       <x:c r="A161" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B161" s="2">
+      <x:c r="B161" s="1">
         <x:v>45477</x:v>
       </x:c>
       <x:c r="C161" s="0" t="n">
         <x:v>16701.71</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:3">
       <x:c r="A162" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B162" s="2">
+      <x:c r="B162" s="1">
         <x:v>45484</x:v>
       </x:c>
       <x:c r="C162" s="0" t="n">
         <x:v>18105.27</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:3">
       <x:c r="A163" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B163" s="2">
+      <x:c r="B163" s="1">
         <x:v>45491</x:v>
       </x:c>
       <x:c r="C163" s="0" t="n">
         <x:v>19087.92</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:3">
       <x:c r="A164" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B164" s="2">
+      <x:c r="B164" s="1">
         <x:v>45498</x:v>
       </x:c>
       <x:c r="C164" s="0" t="n">
         <x:v>20316.35</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:3">
       <x:c r="A165" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B165" s="2">
+      <x:c r="B165" s="1">
         <x:v>45505</x:v>
       </x:c>
       <x:c r="C165" s="0" t="n">
         <x:v>20184.23</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:3">
       <x:c r="A166" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B166" s="2">
+      <x:c r="B166" s="1">
         <x:v>45512</x:v>
       </x:c>
       <x:c r="C166" s="0" t="n">
         <x:v>20447.37</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:3">
       <x:c r="A167" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B167" s="2">
+      <x:c r="B167" s="1">
         <x:v>45519</x:v>
       </x:c>
       <x:c r="C167" s="0" t="n">
         <x:v>21784.05</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:3">
       <x:c r="A168" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B168" s="2">
+      <x:c r="B168" s="1">
         <x:v>45526</x:v>
       </x:c>
       <x:c r="C168" s="0" t="n">
         <x:v>21900.72</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:3">
       <x:c r="A169" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B169" s="2">
+      <x:c r="B169" s="1">
         <x:v>45533</x:v>
       </x:c>
       <x:c r="C169" s="0" t="n">
         <x:v>23459.48</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:3">
       <x:c r="A170" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B170" s="2">
+      <x:c r="B170" s="1">
         <x:v>45540</x:v>
       </x:c>
       <x:c r="C170" s="0" t="n">
         <x:v>24225.22</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:3">
       <x:c r="A171" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B171" s="2">
+      <x:c r="B171" s="1">
         <x:v>45547</x:v>
       </x:c>
       <x:c r="C171" s="0" t="n">
         <x:v>25337.03</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:3">
       <x:c r="A172" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B172" s="2">
+      <x:c r="B172" s="1">
         <x:v>45561</x:v>
       </x:c>
       <x:c r="C172" s="0" t="n">
         <x:v>23084.99</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:3">
       <x:c r="A173" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B173" s="2">
+      <x:c r="B173" s="1">
         <x:v>45566</x:v>
       </x:c>
       <x:c r="C173" s="0" t="n">
         <x:v>23685.57</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:3">
       <x:c r="A174" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B174" s="2">
+      <x:c r="B174" s="1">
         <x:v>45575</x:v>
       </x:c>
       <x:c r="C174" s="0" t="n">
         <x:v>24961.97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId12"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>