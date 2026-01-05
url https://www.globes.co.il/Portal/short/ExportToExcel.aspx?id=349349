--- v1 (2025-11-18)
+++ v2 (2026-01-05)
@@ -1,73 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3715918677a44b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b83c556544a42959f9cd7707fe91e03.psmdcp" Id="Raaef2444ab714cb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb270d5cb2fbe4a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8cc4b449699c40a0ae407b8d9fd9ebe2.psmdcp" Id="R051efc09f0b14020" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
-[...2 lines deleted...]
-  </x:si>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>רבוע נדלן אגח ט</x:t>
   </x:si>
   <x:si>
     <x:t>instrumentID</x:t>
   </x:si>
   <x:si>
     <x:t>date</x:t>
   </x:si>
   <x:si>
     <x:t>balance_kNIS</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -80,104 +77,111 @@
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
-  <x:cellStyleXfs count="2">
+  <x:cellStyleXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="2">
+  <x:cellXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Table11" displayName="Table11" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C98" totalsRowShown="0">
-  <x:autoFilter ref="A1:C98"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C91" totalsRowShown="0">
+  <x:autoFilter ref="A1:C91"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table13" displayName="Table13" ref="A1:C174" totalsRowShown="0">
   <x:autoFilter ref="A1:C174"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -462,3183 +466,3106 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
-      <x:c r="A1" s="0" t="s">
-        <x:v>0</x:v>
+      <x:c r="A1" s="1">
+        <x:v>46143.1666666667</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.6906250000000007" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId9"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.6906250000000007" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId10"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C98"/>
+  <x:dimension ref="A1:C91"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B2" s="1">
-        <x:v>44889</x:v>
+      <x:c r="B2" s="2">
+        <x:v>44938</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>4765.36</x:v>
+        <x:v>3667.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B3" s="1">
-        <x:v>44896</x:v>
+      <x:c r="B3" s="2">
+        <x:v>44945</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>4529.16</x:v>
+        <x:v>4503.55</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B4" s="1">
-        <x:v>44903</x:v>
+      <x:c r="B4" s="2">
+        <x:v>44952</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>3927.45</x:v>
+        <x:v>4321.69</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B5" s="1">
-        <x:v>44910</x:v>
+      <x:c r="B5" s="2">
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>3522.55</x:v>
+        <x:v>3295.51</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B6" s="1">
-        <x:v>44917</x:v>
+      <x:c r="B6" s="2">
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>3839.5</x:v>
+        <x:v>5128.71</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B7" s="1">
-        <x:v>44924</x:v>
+      <x:c r="B7" s="2">
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>3343.08</x:v>
+        <x:v>7744.23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B8" s="1">
-        <x:v>44931</x:v>
+      <x:c r="B8" s="2">
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>3385.46</x:v>
+        <x:v>7291.78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B9" s="1">
-        <x:v>44938</x:v>
+      <x:c r="B9" s="2">
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>3667.02</x:v>
+        <x:v>7164.89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B10" s="1">
-        <x:v>44945</x:v>
+      <x:c r="B10" s="2">
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>4503.55</x:v>
+        <x:v>13391.17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B11" s="1">
-        <x:v>44952</x:v>
+      <x:c r="B11" s="2">
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>4321.69</x:v>
+        <x:v>13095.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B12" s="1">
-        <x:v>44966</x:v>
+      <x:c r="B12" s="2">
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>3295.51</x:v>
+        <x:v>13943.54</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B13" s="1">
-        <x:v>44973</x:v>
+      <x:c r="B13" s="2">
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>5128.71</x:v>
+        <x:v>14059.63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B14" s="1">
-        <x:v>44980</x:v>
+      <x:c r="B14" s="2">
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>7744.23</x:v>
+        <x:v>14133.01</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B15" s="1">
-        <x:v>44987</x:v>
+      <x:c r="B15" s="2">
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>7291.78</x:v>
+        <x:v>13422.03</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B16" s="1">
-        <x:v>44994</x:v>
+      <x:c r="B16" s="2">
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>7164.89</x:v>
+        <x:v>13813.11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B17" s="1">
-        <x:v>45001</x:v>
+      <x:c r="B17" s="2">
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>13391.17</x:v>
+        <x:v>13873.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B18" s="1">
-        <x:v>45008</x:v>
+      <x:c r="B18" s="2">
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>13095.83</x:v>
+        <x:v>13920.96</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B19" s="1">
-        <x:v>45015</x:v>
+      <x:c r="B19" s="2">
+        <x:v>45064</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>13943.54</x:v>
+        <x:v>13962.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B20" s="1">
-        <x:v>45020</x:v>
+      <x:c r="B20" s="2">
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>14059.63</x:v>
+        <x:v>14091.81</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B21" s="1">
-        <x:v>45029</x:v>
+      <x:c r="B21" s="2">
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>14133.01</x:v>
+        <x:v>13491.01</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B22" s="1">
-        <x:v>45036</x:v>
+      <x:c r="B22" s="2">
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>13422.03</x:v>
+        <x:v>13375.33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B23" s="1">
-        <x:v>45043</x:v>
+      <x:c r="B23" s="2">
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
-        <x:v>13813.11</x:v>
+        <x:v>13637.96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B24" s="1">
-        <x:v>45050</x:v>
+      <x:c r="B24" s="2">
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
-        <x:v>13873.73</x:v>
+        <x:v>14913.83</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B25" s="1">
-        <x:v>45057</x:v>
+      <x:c r="B25" s="2">
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
-        <x:v>13920.96</x:v>
+        <x:v>13372.81</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B26" s="1">
-        <x:v>45064</x:v>
+      <x:c r="B26" s="2">
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
-        <x:v>13962.7</x:v>
+        <x:v>13289.26</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B27" s="1">
-        <x:v>45070</x:v>
+      <x:c r="B27" s="2">
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
-        <x:v>14091.81</x:v>
+        <x:v>13110.55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B28" s="1">
-        <x:v>45078</x:v>
+      <x:c r="B28" s="2">
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
-        <x:v>13491.01</x:v>
+        <x:v>15762.18</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B29" s="1">
-        <x:v>45085</x:v>
+      <x:c r="B29" s="2">
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
-        <x:v>13375.33</x:v>
+        <x:v>14509.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B30" s="1">
-        <x:v>45092</x:v>
+      <x:c r="B30" s="2">
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
-        <x:v>13637.96</x:v>
+        <x:v>14044.81</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B31" s="1">
-        <x:v>45099</x:v>
+      <x:c r="B31" s="2">
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
-        <x:v>14913.83</x:v>
+        <x:v>14243.58</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B32" s="1">
-        <x:v>45106</x:v>
+      <x:c r="B32" s="2">
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
-        <x:v>13372.81</x:v>
+        <x:v>13745.7</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B33" s="1">
-        <x:v>45113</x:v>
+      <x:c r="B33" s="2">
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
-        <x:v>13289.26</x:v>
+        <x:v>13795.59</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B34" s="1">
-        <x:v>45120</x:v>
+      <x:c r="B34" s="2">
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
-        <x:v>13110.55</x:v>
+        <x:v>13613.31</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B35" s="1">
-        <x:v>45127</x:v>
+      <x:c r="B35" s="2">
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
-        <x:v>15762.18</x:v>
+        <x:v>13406.11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B36" s="1">
-        <x:v>45133</x:v>
+      <x:c r="B36" s="2">
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
-        <x:v>14509.3</x:v>
+        <x:v>13298.02</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B37" s="1">
-        <x:v>45141</x:v>
+      <x:c r="B37" s="2">
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
-        <x:v>14044.81</x:v>
+        <x:v>13725.32</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B38" s="1">
-        <x:v>45148</x:v>
+      <x:c r="B38" s="2">
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
-        <x:v>14243.58</x:v>
+        <x:v>13630.33</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B39" s="1">
-        <x:v>45155</x:v>
+      <x:c r="B39" s="2">
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
-        <x:v>13745.7</x:v>
+        <x:v>14271.37</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B40" s="1">
-        <x:v>45162</x:v>
+      <x:c r="B40" s="2">
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
-        <x:v>13795.59</x:v>
+        <x:v>13620.73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B41" s="1">
-        <x:v>45169</x:v>
+      <x:c r="B41" s="2">
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
-        <x:v>13613.31</x:v>
+        <x:v>13057.8</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B42" s="1">
-        <x:v>45176</x:v>
+      <x:c r="B42" s="2">
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
-        <x:v>13406.11</x:v>
+        <x:v>19680.62</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B43" s="1">
-        <x:v>45183</x:v>
+      <x:c r="B43" s="2">
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
-        <x:v>13298.02</x:v>
+        <x:v>22979.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B44" s="1">
-        <x:v>45190</x:v>
+      <x:c r="B44" s="2">
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
-        <x:v>13725.32</x:v>
+        <x:v>23632.77</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B45" s="1">
-        <x:v>45197</x:v>
+      <x:c r="B45" s="2">
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
-        <x:v>13630.33</x:v>
+        <x:v>23768.08</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B46" s="1">
-        <x:v>45204</x:v>
+      <x:c r="B46" s="2">
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
-        <x:v>14271.37</x:v>
+        <x:v>24284.54</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B47" s="1">
-        <x:v>45211</x:v>
+      <x:c r="B47" s="2">
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
-        <x:v>13620.73</x:v>
+        <x:v>26351.71</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B48" s="1">
-        <x:v>45218</x:v>
+      <x:c r="B48" s="2">
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
-        <x:v>13057.8</x:v>
+        <x:v>25172.01</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B49" s="1">
-        <x:v>45225</x:v>
+      <x:c r="B49" s="2">
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
-        <x:v>19680.62</x:v>
+        <x:v>25084.24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B50" s="1">
-        <x:v>45232</x:v>
+      <x:c r="B50" s="2">
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
-        <x:v>22979.2</x:v>
+        <x:v>26080.3</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B51" s="1">
-        <x:v>45239</x:v>
+      <x:c r="B51" s="2">
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
-        <x:v>23632.77</x:v>
+        <x:v>26531.54</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B52" s="1">
-        <x:v>45246</x:v>
+      <x:c r="B52" s="2">
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
-        <x:v>23768.08</x:v>
+        <x:v>28514.17</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B53" s="1">
-        <x:v>45253</x:v>
+      <x:c r="B53" s="2">
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
-        <x:v>24284.54</x:v>
+        <x:v>29172.65</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B54" s="1">
-        <x:v>45260</x:v>
+      <x:c r="B54" s="2">
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
-        <x:v>26351.71</x:v>
+        <x:v>32203.45</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B55" s="1">
-        <x:v>45267</x:v>
+      <x:c r="B55" s="2">
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
-        <x:v>25172.01</x:v>
+        <x:v>32774.91</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B56" s="1">
-        <x:v>45274</x:v>
+      <x:c r="B56" s="2">
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
-        <x:v>25084.24</x:v>
+        <x:v>31336.6</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B57" s="1">
-        <x:v>45281</x:v>
+      <x:c r="B57" s="2">
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="C57" s="0" t="n">
-        <x:v>26080.3</x:v>
+        <x:v>32483.79</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B58" s="1">
-        <x:v>45288</x:v>
+      <x:c r="B58" s="2">
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="C58" s="0" t="n">
-        <x:v>26531.54</x:v>
+        <x:v>33109.82</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B59" s="1">
-        <x:v>45295</x:v>
+      <x:c r="B59" s="2">
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="C59" s="0" t="n">
-        <x:v>28514.17</x:v>
+        <x:v>35203.86</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B60" s="1">
-        <x:v>45302</x:v>
+      <x:c r="B60" s="2">
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="C60" s="0" t="n">
-        <x:v>29172.65</x:v>
+        <x:v>36432.24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B61" s="1">
-        <x:v>45309</x:v>
+      <x:c r="B61" s="2">
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="C61" s="0" t="n">
-        <x:v>32203.45</x:v>
+        <x:v>37962.46</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B62" s="1">
-        <x:v>45316</x:v>
+      <x:c r="B62" s="2">
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="C62" s="0" t="n">
-        <x:v>32774.91</x:v>
+        <x:v>39180.91</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B63" s="1">
-        <x:v>45323</x:v>
+      <x:c r="B63" s="2">
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="C63" s="0" t="n">
-        <x:v>31336.6</x:v>
+        <x:v>40797.56</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B64" s="1">
-        <x:v>45330</x:v>
+      <x:c r="B64" s="2">
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="C64" s="0" t="n">
-        <x:v>32483.79</x:v>
+        <x:v>41490.88</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B65" s="1">
-        <x:v>45337</x:v>
+      <x:c r="B65" s="2">
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="C65" s="0" t="n">
-        <x:v>33109.82</x:v>
+        <x:v>42069.84</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B66" s="1">
-        <x:v>45344</x:v>
+      <x:c r="B66" s="2">
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="C66" s="0" t="n">
-        <x:v>35203.86</x:v>
+        <x:v>41892.15</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B67" s="1">
-        <x:v>45351</x:v>
+      <x:c r="B67" s="2">
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="C67" s="0" t="n">
-        <x:v>36432.24</x:v>
+        <x:v>38296.02</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B68" s="1">
-        <x:v>45358</x:v>
+      <x:c r="B68" s="2">
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="C68" s="0" t="n">
-        <x:v>37962.46</x:v>
+        <x:v>40002.01</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B69" s="1">
-        <x:v>45365</x:v>
+      <x:c r="B69" s="2">
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="C69" s="0" t="n">
-        <x:v>39180.91</x:v>
+        <x:v>40750.27</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B70" s="1">
-        <x:v>45372</x:v>
+      <x:c r="B70" s="2">
+        <x:v>45421</x:v>
       </x:c>
       <x:c r="C70" s="0" t="n">
-        <x:v>40797.56</x:v>
+        <x:v>40896.79</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B71" s="1">
-        <x:v>45379</x:v>
+      <x:c r="B71" s="2">
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="C71" s="0" t="n">
-        <x:v>41490.88</x:v>
+        <x:v>41140.66</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B72" s="1">
-        <x:v>45386</x:v>
+      <x:c r="B72" s="2">
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="C72" s="0" t="n">
-        <x:v>42069.84</x:v>
+        <x:v>41520.61</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B73" s="1">
-        <x:v>45393</x:v>
+      <x:c r="B73" s="2">
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="C73" s="0" t="n">
-        <x:v>41892.15</x:v>
+        <x:v>42837.4</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B74" s="1">
-        <x:v>45400</x:v>
+      <x:c r="B74" s="2">
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="C74" s="0" t="n">
-        <x:v>38296.02</x:v>
+        <x:v>41422.9</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B75" s="1">
-        <x:v>45407</x:v>
+      <x:c r="B75" s="2">
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="C75" s="0" t="n">
-        <x:v>40002.01</x:v>
+        <x:v>22063.94</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B76" s="1">
-        <x:v>45414</x:v>
+      <x:c r="B76" s="2">
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="C76" s="0" t="n">
-        <x:v>40750.27</x:v>
+        <x:v>22430.33</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B77" s="1">
-        <x:v>45421</x:v>
+      <x:c r="B77" s="2">
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="C77" s="0" t="n">
-        <x:v>40896.79</x:v>
+        <x:v>22260.11</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B78" s="1">
-        <x:v>45428</x:v>
+      <x:c r="B78" s="2">
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="C78" s="0" t="n">
-        <x:v>41140.66</x:v>
+        <x:v>16701.71</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B79" s="1">
-        <x:v>45435</x:v>
+      <x:c r="B79" s="2">
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="C79" s="0" t="n">
-        <x:v>41520.61</x:v>
+        <x:v>18105.27</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B80" s="1">
-        <x:v>45442</x:v>
+      <x:c r="B80" s="2">
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="C80" s="0" t="n">
-        <x:v>42837.4</x:v>
+        <x:v>19087.92</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B81" s="1">
-        <x:v>45449</x:v>
+      <x:c r="B81" s="2">
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="C81" s="0" t="n">
-        <x:v>41422.9</x:v>
+        <x:v>20316.35</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B82" s="1">
-        <x:v>45456</x:v>
+      <x:c r="B82" s="2">
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="C82" s="0" t="n">
-        <x:v>22063.94</x:v>
+        <x:v>20184.23</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B83" s="1">
-        <x:v>45463</x:v>
+      <x:c r="B83" s="2">
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="C83" s="0" t="n">
-        <x:v>22430.33</x:v>
+        <x:v>20447.37</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B84" s="1">
-        <x:v>45470</x:v>
+      <x:c r="B84" s="2">
+        <x:v>45519</x:v>
       </x:c>
       <x:c r="C84" s="0" t="n">
-        <x:v>22260.11</x:v>
+        <x:v>21784.05</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B85" s="1">
-        <x:v>45477</x:v>
+      <x:c r="B85" s="2">
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="C85" s="0" t="n">
-        <x:v>16701.71</x:v>
+        <x:v>21900.72</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B86" s="1">
-        <x:v>45484</x:v>
+      <x:c r="B86" s="2">
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="C86" s="0" t="n">
-        <x:v>18105.27</x:v>
+        <x:v>23459.48</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B87" s="1">
-        <x:v>45491</x:v>
+      <x:c r="B87" s="2">
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="C87" s="0" t="n">
-        <x:v>19087.92</x:v>
+        <x:v>24225.22</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B88" s="1">
-        <x:v>45498</x:v>
+      <x:c r="B88" s="2">
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="C88" s="0" t="n">
-        <x:v>20316.35</x:v>
+        <x:v>25337.03</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:3">
       <x:c r="A89" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B89" s="1">
-        <x:v>45505</x:v>
+      <x:c r="B89" s="2">
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="C89" s="0" t="n">
-        <x:v>20184.23</x:v>
+        <x:v>23084.99</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B90" s="1">
-        <x:v>45512</x:v>
+      <x:c r="B90" s="2">
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="C90" s="0" t="n">
-        <x:v>20447.37</x:v>
+        <x:v>23685.57</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:3">
       <x:c r="A91" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B91" s="1">
-        <x:v>45519</x:v>
+      <x:c r="B91" s="2">
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="C91" s="0" t="n">
-        <x:v>21784.05</x:v>
-[...75 lines deleted...]
-      <x:c r="C98" s="0" t="n">
         <x:v>24961.97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId11"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C174"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B2" s="1">
+      <x:c r="B2" s="2">
         <x:v>44315</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
         <x:v>49.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B3" s="1">
+      <x:c r="B3" s="2">
         <x:v>44322</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B4" s="1">
+      <x:c r="B4" s="2">
         <x:v>44336</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
         <x:v>8354.9</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B5" s="1">
+      <x:c r="B5" s="2">
         <x:v>44343</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
         <x:v>14088.67</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B6" s="1">
+      <x:c r="B6" s="2">
         <x:v>44350</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
         <x:v>8670.46</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B7" s="1">
+      <x:c r="B7" s="2">
         <x:v>44357</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
         <x:v>2074.45</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B8" s="1">
+      <x:c r="B8" s="2">
         <x:v>44364</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
         <x:v>1034.23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B9" s="1">
+      <x:c r="B9" s="2">
         <x:v>44371</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
         <x:v>2320.08</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B10" s="1">
+      <x:c r="B10" s="2">
         <x:v>44378</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
         <x:v>3710.59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B11" s="1">
+      <x:c r="B11" s="2">
         <x:v>44385</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
         <x:v>3717.01</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B12" s="1">
+      <x:c r="B12" s="2">
         <x:v>44392</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
         <x:v>7575.21</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B13" s="1">
+      <x:c r="B13" s="2">
         <x:v>44399</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
         <x:v>8294.91</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B14" s="1">
+      <x:c r="B14" s="2">
         <x:v>44406</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
         <x:v>8036.82</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B15" s="1">
+      <x:c r="B15" s="2">
         <x:v>44413</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
         <x:v>12304.54</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B16" s="1">
+      <x:c r="B16" s="2">
         <x:v>44420</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
         <x:v>23991.25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B17" s="1">
+      <x:c r="B17" s="2">
         <x:v>44427</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
         <x:v>25220.31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B18" s="1">
+      <x:c r="B18" s="2">
         <x:v>44434</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
         <x:v>27085.31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B19" s="1">
+      <x:c r="B19" s="2">
         <x:v>44441</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
         <x:v>27658</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B20" s="1">
+      <x:c r="B20" s="2">
         <x:v>44448</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
         <x:v>28354.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B21" s="1">
+      <x:c r="B21" s="2">
         <x:v>44453</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
         <x:v>30026.95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B22" s="1">
+      <x:c r="B22" s="2">
         <x:v>44462</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
         <x:v>30694.48</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B23" s="1">
+      <x:c r="B23" s="2">
         <x:v>44469</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
         <x:v>29723.79</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B24" s="1">
+      <x:c r="B24" s="2">
         <x:v>44476</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
         <x:v>6996.07</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B25" s="1">
+      <x:c r="B25" s="2">
         <x:v>44483</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
         <x:v>7542.51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B26" s="1">
+      <x:c r="B26" s="2">
         <x:v>44490</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
         <x:v>6293.41</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B27" s="1">
+      <x:c r="B27" s="2">
         <x:v>44497</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
         <x:v>7746.04</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B28" s="1">
+      <x:c r="B28" s="2">
         <x:v>44504</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
         <x:v>8279.07</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B29" s="1">
+      <x:c r="B29" s="2">
         <x:v>44511</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
         <x:v>8513.86</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B30" s="1">
+      <x:c r="B30" s="2">
         <x:v>44518</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
         <x:v>6581.95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B31" s="1">
+      <x:c r="B31" s="2">
         <x:v>44525</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
         <x:v>6576.63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B32" s="1">
+      <x:c r="B32" s="2">
         <x:v>44532</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
         <x:v>6740.07</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B33" s="1">
+      <x:c r="B33" s="2">
         <x:v>44539</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
         <x:v>6175.97</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B34" s="1">
+      <x:c r="B34" s="2">
         <x:v>44546</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
         <x:v>6326.57</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B35" s="1">
+      <x:c r="B35" s="2">
         <x:v>44553</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
         <x:v>6929.84</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B36" s="1">
+      <x:c r="B36" s="2">
         <x:v>44560</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
         <x:v>6190.88</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B37" s="1">
+      <x:c r="B37" s="2">
         <x:v>44567</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
         <x:v>48079.27</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B38" s="1">
+      <x:c r="B38" s="2">
         <x:v>44574</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
         <x:v>3136.09</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B39" s="1">
+      <x:c r="B39" s="2">
         <x:v>44581</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
         <x:v>374.2</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B40" s="1">
+      <x:c r="B40" s="2">
         <x:v>44588</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
         <x:v>391.16</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B41" s="1">
+      <x:c r="B41" s="2">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
         <x:v>2390.88</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B42" s="1">
+      <x:c r="B42" s="2">
         <x:v>44602</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
         <x:v>4352.74</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B43" s="1">
+      <x:c r="B43" s="2">
         <x:v>44609</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
         <x:v>12797.91</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B44" s="1">
+      <x:c r="B44" s="2">
         <x:v>44616</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
         <x:v>13546.3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B45" s="1">
+      <x:c r="B45" s="2">
         <x:v>44623</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
         <x:v>27149.21</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B46" s="1">
+      <x:c r="B46" s="2">
         <x:v>44630</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
         <x:v>33298.82</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B47" s="1">
+      <x:c r="B47" s="2">
         <x:v>44636</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
         <x:v>36332.79</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B48" s="1">
+      <x:c r="B48" s="2">
         <x:v>44644</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
         <x:v>38586.48</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B49" s="1">
+      <x:c r="B49" s="2">
         <x:v>44651</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
         <x:v>40428.41</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B50" s="1">
+      <x:c r="B50" s="2">
         <x:v>44658</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
         <x:v>46209.02</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B51" s="1">
+      <x:c r="B51" s="2">
         <x:v>44665</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
         <x:v>47426.62</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B52" s="1">
+      <x:c r="B52" s="2">
         <x:v>44671</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
         <x:v>48868.09</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B53" s="1">
+      <x:c r="B53" s="2">
         <x:v>44679</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
         <x:v>56360.06</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B54" s="1">
+      <x:c r="B54" s="2">
         <x:v>44684</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
         <x:v>65763.38</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B55" s="1">
+      <x:c r="B55" s="2">
         <x:v>44693</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
         <x:v>68138.63</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B56" s="1">
+      <x:c r="B56" s="2">
         <x:v>44700</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
         <x:v>42663.86</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B57" s="1">
+      <x:c r="B57" s="2">
         <x:v>44707</x:v>
       </x:c>
       <x:c r="C57" s="0" t="n">
         <x:v>35931.34</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B58" s="1">
+      <x:c r="B58" s="2">
         <x:v>44714</x:v>
       </x:c>
       <x:c r="C58" s="0" t="n">
         <x:v>37984.34</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B59" s="1">
+      <x:c r="B59" s="2">
         <x:v>44735</x:v>
       </x:c>
       <x:c r="C59" s="0" t="n">
         <x:v>41546.11</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B60" s="1">
+      <x:c r="B60" s="2">
         <x:v>44756</x:v>
       </x:c>
       <x:c r="C60" s="0" t="n">
         <x:v>3305.06</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B61" s="1">
+      <x:c r="B61" s="2">
         <x:v>44763</x:v>
       </x:c>
       <x:c r="C61" s="0" t="n">
         <x:v>7926.46</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B62" s="1">
+      <x:c r="B62" s="2">
         <x:v>44770</x:v>
       </x:c>
       <x:c r="C62" s="0" t="n">
         <x:v>8094.1</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B63" s="1">
+      <x:c r="B63" s="2">
         <x:v>44784</x:v>
       </x:c>
       <x:c r="C63" s="0" t="n">
         <x:v>9907.71</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B64" s="1">
+      <x:c r="B64" s="2">
         <x:v>44791</x:v>
       </x:c>
       <x:c r="C64" s="0" t="n">
         <x:v>10509.64</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B65" s="1">
+      <x:c r="B65" s="2">
         <x:v>44798</x:v>
       </x:c>
       <x:c r="C65" s="0" t="n">
         <x:v>10984.13</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B66" s="1">
+      <x:c r="B66" s="2">
         <x:v>44805</x:v>
       </x:c>
       <x:c r="C66" s="0" t="n">
         <x:v>10048.58</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B67" s="1">
+      <x:c r="B67" s="2">
         <x:v>44812</x:v>
       </x:c>
       <x:c r="C67" s="0" t="n">
         <x:v>9788.33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B68" s="1">
+      <x:c r="B68" s="2">
         <x:v>44819</x:v>
       </x:c>
       <x:c r="C68" s="0" t="n">
         <x:v>9070.33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B69" s="1">
+      <x:c r="B69" s="2">
         <x:v>44826</x:v>
       </x:c>
       <x:c r="C69" s="0" t="n">
         <x:v>9097.2</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B70" s="1">
+      <x:c r="B70" s="2">
         <x:v>44833</x:v>
       </x:c>
       <x:c r="C70" s="0" t="n">
         <x:v>9240.43</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B71" s="1">
+      <x:c r="B71" s="2">
         <x:v>44840</x:v>
       </x:c>
       <x:c r="C71" s="0" t="n">
         <x:v>9131.41</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B72" s="1">
+      <x:c r="B72" s="2">
         <x:v>44847</x:v>
       </x:c>
       <x:c r="C72" s="0" t="n">
         <x:v>9203.6</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B73" s="1">
+      <x:c r="B73" s="2">
         <x:v>44854</x:v>
       </x:c>
       <x:c r="C73" s="0" t="n">
         <x:v>10868.99</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B74" s="1">
+      <x:c r="B74" s="2">
         <x:v>44861</x:v>
       </x:c>
       <x:c r="C74" s="0" t="n">
         <x:v>11232.65</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B75" s="1">
+      <x:c r="B75" s="2">
         <x:v>44868</x:v>
       </x:c>
       <x:c r="C75" s="0" t="n">
         <x:v>11891.51</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B76" s="1">
+      <x:c r="B76" s="2">
         <x:v>44875</x:v>
       </x:c>
       <x:c r="C76" s="0" t="n">
         <x:v>7801.71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B77" s="1">
+      <x:c r="B77" s="2">
         <x:v>44882</x:v>
       </x:c>
       <x:c r="C77" s="0" t="n">
         <x:v>5056.2</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B78" s="1">
+      <x:c r="B78" s="2">
         <x:v>44889</x:v>
       </x:c>
       <x:c r="C78" s="0" t="n">
         <x:v>4765.36</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B79" s="1">
+      <x:c r="B79" s="2">
         <x:v>44896</x:v>
       </x:c>
       <x:c r="C79" s="0" t="n">
         <x:v>4529.16</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B80" s="1">
+      <x:c r="B80" s="2">
         <x:v>44903</x:v>
       </x:c>
       <x:c r="C80" s="0" t="n">
         <x:v>3927.45</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B81" s="1">
+      <x:c r="B81" s="2">
         <x:v>44910</x:v>
       </x:c>
       <x:c r="C81" s="0" t="n">
         <x:v>3522.55</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B82" s="1">
+      <x:c r="B82" s="2">
         <x:v>44917</x:v>
       </x:c>
       <x:c r="C82" s="0" t="n">
         <x:v>3839.5</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B83" s="1">
+      <x:c r="B83" s="2">
         <x:v>44924</x:v>
       </x:c>
       <x:c r="C83" s="0" t="n">
         <x:v>3343.08</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B84" s="1">
+      <x:c r="B84" s="2">
         <x:v>44931</x:v>
       </x:c>
       <x:c r="C84" s="0" t="n">
         <x:v>3385.46</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B85" s="1">
+      <x:c r="B85" s="2">
         <x:v>44938</x:v>
       </x:c>
       <x:c r="C85" s="0" t="n">
         <x:v>3667.02</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B86" s="1">
+      <x:c r="B86" s="2">
         <x:v>44945</x:v>
       </x:c>
       <x:c r="C86" s="0" t="n">
         <x:v>4503.55</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B87" s="1">
+      <x:c r="B87" s="2">
         <x:v>44952</x:v>
       </x:c>
       <x:c r="C87" s="0" t="n">
         <x:v>4321.69</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B88" s="1">
+      <x:c r="B88" s="2">
         <x:v>44966</x:v>
       </x:c>
       <x:c r="C88" s="0" t="n">
         <x:v>3295.51</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:3">
       <x:c r="A89" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B89" s="1">
+      <x:c r="B89" s="2">
         <x:v>44973</x:v>
       </x:c>
       <x:c r="C89" s="0" t="n">
         <x:v>5128.71</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B90" s="1">
+      <x:c r="B90" s="2">
         <x:v>44980</x:v>
       </x:c>
       <x:c r="C90" s="0" t="n">
         <x:v>7744.23</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:3">
       <x:c r="A91" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B91" s="1">
+      <x:c r="B91" s="2">
         <x:v>44987</x:v>
       </x:c>
       <x:c r="C91" s="0" t="n">
         <x:v>7291.78</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:3">
       <x:c r="A92" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B92" s="1">
+      <x:c r="B92" s="2">
         <x:v>44994</x:v>
       </x:c>
       <x:c r="C92" s="0" t="n">
         <x:v>7164.89</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:3">
       <x:c r="A93" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B93" s="1">
+      <x:c r="B93" s="2">
         <x:v>45001</x:v>
       </x:c>
       <x:c r="C93" s="0" t="n">
         <x:v>13391.17</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:3">
       <x:c r="A94" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B94" s="1">
+      <x:c r="B94" s="2">
         <x:v>45008</x:v>
       </x:c>
       <x:c r="C94" s="0" t="n">
         <x:v>13095.83</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:3">
       <x:c r="A95" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B95" s="1">
+      <x:c r="B95" s="2">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="C95" s="0" t="n">
         <x:v>13943.54</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:3">
       <x:c r="A96" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B96" s="1">
+      <x:c r="B96" s="2">
         <x:v>45020</x:v>
       </x:c>
       <x:c r="C96" s="0" t="n">
         <x:v>14059.63</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:3">
       <x:c r="A97" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B97" s="1">
+      <x:c r="B97" s="2">
         <x:v>45029</x:v>
       </x:c>
       <x:c r="C97" s="0" t="n">
         <x:v>14133.01</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:3">
       <x:c r="A98" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B98" s="1">
+      <x:c r="B98" s="2">
         <x:v>45036</x:v>
       </x:c>
       <x:c r="C98" s="0" t="n">
         <x:v>13422.03</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:3">
       <x:c r="A99" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B99" s="1">
+      <x:c r="B99" s="2">
         <x:v>45043</x:v>
       </x:c>
       <x:c r="C99" s="0" t="n">
         <x:v>13813.11</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:3">
       <x:c r="A100" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B100" s="1">
+      <x:c r="B100" s="2">
         <x:v>45050</x:v>
       </x:c>
       <x:c r="C100" s="0" t="n">
         <x:v>13873.73</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:3">
       <x:c r="A101" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B101" s="1">
+      <x:c r="B101" s="2">
         <x:v>45057</x:v>
       </x:c>
       <x:c r="C101" s="0" t="n">
         <x:v>13920.96</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:3">
       <x:c r="A102" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B102" s="1">
+      <x:c r="B102" s="2">
         <x:v>45064</x:v>
       </x:c>
       <x:c r="C102" s="0" t="n">
         <x:v>13962.7</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:3">
       <x:c r="A103" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B103" s="1">
+      <x:c r="B103" s="2">
         <x:v>45070</x:v>
       </x:c>
       <x:c r="C103" s="0" t="n">
         <x:v>14091.81</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:3">
       <x:c r="A104" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B104" s="1">
+      <x:c r="B104" s="2">
         <x:v>45078</x:v>
       </x:c>
       <x:c r="C104" s="0" t="n">
         <x:v>13491.01</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:3">
       <x:c r="A105" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B105" s="1">
+      <x:c r="B105" s="2">
         <x:v>45085</x:v>
       </x:c>
       <x:c r="C105" s="0" t="n">
         <x:v>13375.33</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:3">
       <x:c r="A106" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B106" s="1">
+      <x:c r="B106" s="2">
         <x:v>45092</x:v>
       </x:c>
       <x:c r="C106" s="0" t="n">
         <x:v>13637.96</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:3">
       <x:c r="A107" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B107" s="1">
+      <x:c r="B107" s="2">
         <x:v>45099</x:v>
       </x:c>
       <x:c r="C107" s="0" t="n">
         <x:v>14913.83</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:3">
       <x:c r="A108" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B108" s="1">
+      <x:c r="B108" s="2">
         <x:v>45106</x:v>
       </x:c>
       <x:c r="C108" s="0" t="n">
         <x:v>13372.81</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:3">
       <x:c r="A109" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B109" s="1">
+      <x:c r="B109" s="2">
         <x:v>45113</x:v>
       </x:c>
       <x:c r="C109" s="0" t="n">
         <x:v>13289.26</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:3">
       <x:c r="A110" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B110" s="1">
+      <x:c r="B110" s="2">
         <x:v>45120</x:v>
       </x:c>
       <x:c r="C110" s="0" t="n">
         <x:v>13110.55</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:3">
       <x:c r="A111" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B111" s="1">
+      <x:c r="B111" s="2">
         <x:v>45127</x:v>
       </x:c>
       <x:c r="C111" s="0" t="n">
         <x:v>15762.18</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:3">
       <x:c r="A112" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B112" s="1">
+      <x:c r="B112" s="2">
         <x:v>45133</x:v>
       </x:c>
       <x:c r="C112" s="0" t="n">
         <x:v>14509.3</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:3">
       <x:c r="A113" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B113" s="1">
+      <x:c r="B113" s="2">
         <x:v>45141</x:v>
       </x:c>
       <x:c r="C113" s="0" t="n">
         <x:v>14044.81</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:3">
       <x:c r="A114" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B114" s="1">
+      <x:c r="B114" s="2">
         <x:v>45148</x:v>
       </x:c>
       <x:c r="C114" s="0" t="n">
         <x:v>14243.58</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:3">
       <x:c r="A115" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B115" s="1">
+      <x:c r="B115" s="2">
         <x:v>45155</x:v>
       </x:c>
       <x:c r="C115" s="0" t="n">
         <x:v>13745.7</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:3">
       <x:c r="A116" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B116" s="1">
+      <x:c r="B116" s="2">
         <x:v>45162</x:v>
       </x:c>
       <x:c r="C116" s="0" t="n">
         <x:v>13795.59</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:3">
       <x:c r="A117" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B117" s="1">
+      <x:c r="B117" s="2">
         <x:v>45169</x:v>
       </x:c>
       <x:c r="C117" s="0" t="n">
         <x:v>13613.31</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:3">
       <x:c r="A118" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B118" s="1">
+      <x:c r="B118" s="2">
         <x:v>45176</x:v>
       </x:c>
       <x:c r="C118" s="0" t="n">
         <x:v>13406.11</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:3">
       <x:c r="A119" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B119" s="1">
+      <x:c r="B119" s="2">
         <x:v>45183</x:v>
       </x:c>
       <x:c r="C119" s="0" t="n">
         <x:v>13298.02</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:3">
       <x:c r="A120" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B120" s="1">
+      <x:c r="B120" s="2">
         <x:v>45190</x:v>
       </x:c>
       <x:c r="C120" s="0" t="n">
         <x:v>13725.32</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:3">
       <x:c r="A121" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B121" s="1">
+      <x:c r="B121" s="2">
         <x:v>45197</x:v>
       </x:c>
       <x:c r="C121" s="0" t="n">
         <x:v>13630.33</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:3">
       <x:c r="A122" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B122" s="1">
+      <x:c r="B122" s="2">
         <x:v>45204</x:v>
       </x:c>
       <x:c r="C122" s="0" t="n">
         <x:v>14271.37</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:3">
       <x:c r="A123" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B123" s="1">
+      <x:c r="B123" s="2">
         <x:v>45211</x:v>
       </x:c>
       <x:c r="C123" s="0" t="n">
         <x:v>13620.73</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:3">
       <x:c r="A124" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B124" s="1">
+      <x:c r="B124" s="2">
         <x:v>45218</x:v>
       </x:c>
       <x:c r="C124" s="0" t="n">
         <x:v>13057.8</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:3">
       <x:c r="A125" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B125" s="1">
+      <x:c r="B125" s="2">
         <x:v>45225</x:v>
       </x:c>
       <x:c r="C125" s="0" t="n">
         <x:v>19680.62</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:3">
       <x:c r="A126" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B126" s="1">
+      <x:c r="B126" s="2">
         <x:v>45232</x:v>
       </x:c>
       <x:c r="C126" s="0" t="n">
         <x:v>22979.2</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:3">
       <x:c r="A127" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B127" s="1">
+      <x:c r="B127" s="2">
         <x:v>45239</x:v>
       </x:c>
       <x:c r="C127" s="0" t="n">
         <x:v>23632.77</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:3">
       <x:c r="A128" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B128" s="1">
+      <x:c r="B128" s="2">
         <x:v>45246</x:v>
       </x:c>
       <x:c r="C128" s="0" t="n">
         <x:v>23768.08</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:3">
       <x:c r="A129" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B129" s="1">
+      <x:c r="B129" s="2">
         <x:v>45253</x:v>
       </x:c>
       <x:c r="C129" s="0" t="n">
         <x:v>24284.54</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:3">
       <x:c r="A130" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B130" s="1">
+      <x:c r="B130" s="2">
         <x:v>45260</x:v>
       </x:c>
       <x:c r="C130" s="0" t="n">
         <x:v>26351.71</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:3">
       <x:c r="A131" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B131" s="1">
+      <x:c r="B131" s="2">
         <x:v>45267</x:v>
       </x:c>
       <x:c r="C131" s="0" t="n">
         <x:v>25172.01</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:3">
       <x:c r="A132" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B132" s="1">
+      <x:c r="B132" s="2">
         <x:v>45274</x:v>
       </x:c>
       <x:c r="C132" s="0" t="n">
         <x:v>25084.24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:3">
       <x:c r="A133" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B133" s="1">
+      <x:c r="B133" s="2">
         <x:v>45281</x:v>
       </x:c>
       <x:c r="C133" s="0" t="n">
         <x:v>26080.3</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:3">
       <x:c r="A134" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B134" s="1">
+      <x:c r="B134" s="2">
         <x:v>45288</x:v>
       </x:c>
       <x:c r="C134" s="0" t="n">
         <x:v>26531.54</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:3">
       <x:c r="A135" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B135" s="1">
+      <x:c r="B135" s="2">
         <x:v>45295</x:v>
       </x:c>
       <x:c r="C135" s="0" t="n">
         <x:v>28514.17</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:3">
       <x:c r="A136" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B136" s="1">
+      <x:c r="B136" s="2">
         <x:v>45302</x:v>
       </x:c>
       <x:c r="C136" s="0" t="n">
         <x:v>29172.65</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:3">
       <x:c r="A137" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B137" s="1">
+      <x:c r="B137" s="2">
         <x:v>45309</x:v>
       </x:c>
       <x:c r="C137" s="0" t="n">
         <x:v>32203.45</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:3">
       <x:c r="A138" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B138" s="1">
+      <x:c r="B138" s="2">
         <x:v>45316</x:v>
       </x:c>
       <x:c r="C138" s="0" t="n">
         <x:v>32774.91</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:3">
       <x:c r="A139" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B139" s="1">
+      <x:c r="B139" s="2">
         <x:v>45323</x:v>
       </x:c>
       <x:c r="C139" s="0" t="n">
         <x:v>31336.6</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:3">
       <x:c r="A140" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B140" s="1">
+      <x:c r="B140" s="2">
         <x:v>45330</x:v>
       </x:c>
       <x:c r="C140" s="0" t="n">
         <x:v>32483.79</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:3">
       <x:c r="A141" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B141" s="1">
+      <x:c r="B141" s="2">
         <x:v>45337</x:v>
       </x:c>
       <x:c r="C141" s="0" t="n">
         <x:v>33109.82</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:3">
       <x:c r="A142" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B142" s="1">
+      <x:c r="B142" s="2">
         <x:v>45344</x:v>
       </x:c>
       <x:c r="C142" s="0" t="n">
         <x:v>35203.86</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:3">
       <x:c r="A143" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B143" s="1">
+      <x:c r="B143" s="2">
         <x:v>45351</x:v>
       </x:c>
       <x:c r="C143" s="0" t="n">
         <x:v>36432.24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:3">
       <x:c r="A144" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B144" s="1">
+      <x:c r="B144" s="2">
         <x:v>45358</x:v>
       </x:c>
       <x:c r="C144" s="0" t="n">
         <x:v>37962.46</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:3">
       <x:c r="A145" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B145" s="1">
+      <x:c r="B145" s="2">
         <x:v>45365</x:v>
       </x:c>
       <x:c r="C145" s="0" t="n">
         <x:v>39180.91</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:3">
       <x:c r="A146" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B146" s="1">
+      <x:c r="B146" s="2">
         <x:v>45372</x:v>
       </x:c>
       <x:c r="C146" s="0" t="n">
         <x:v>40797.56</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:3">
       <x:c r="A147" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B147" s="1">
+      <x:c r="B147" s="2">
         <x:v>45379</x:v>
       </x:c>
       <x:c r="C147" s="0" t="n">
         <x:v>41490.88</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:3">
       <x:c r="A148" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B148" s="1">
+      <x:c r="B148" s="2">
         <x:v>45386</x:v>
       </x:c>
       <x:c r="C148" s="0" t="n">
         <x:v>42069.84</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:3">
       <x:c r="A149" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B149" s="1">
+      <x:c r="B149" s="2">
         <x:v>45393</x:v>
       </x:c>
       <x:c r="C149" s="0" t="n">
         <x:v>41892.15</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:3">
       <x:c r="A150" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B150" s="1">
+      <x:c r="B150" s="2">
         <x:v>45400</x:v>
       </x:c>
       <x:c r="C150" s="0" t="n">
         <x:v>38296.02</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:3">
       <x:c r="A151" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B151" s="1">
+      <x:c r="B151" s="2">
         <x:v>45407</x:v>
       </x:c>
       <x:c r="C151" s="0" t="n">
         <x:v>40002.01</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:3">
       <x:c r="A152" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B152" s="1">
+      <x:c r="B152" s="2">
         <x:v>45414</x:v>
       </x:c>
       <x:c r="C152" s="0" t="n">
         <x:v>40750.27</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:3">
       <x:c r="A153" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B153" s="1">
+      <x:c r="B153" s="2">
         <x:v>45421</x:v>
       </x:c>
       <x:c r="C153" s="0" t="n">
         <x:v>40896.79</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:3">
       <x:c r="A154" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B154" s="1">
+      <x:c r="B154" s="2">
         <x:v>45428</x:v>
       </x:c>
       <x:c r="C154" s="0" t="n">
         <x:v>41140.66</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:3">
       <x:c r="A155" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B155" s="1">
+      <x:c r="B155" s="2">
         <x:v>45435</x:v>
       </x:c>
       <x:c r="C155" s="0" t="n">
         <x:v>41520.61</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:3">
       <x:c r="A156" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B156" s="1">
+      <x:c r="B156" s="2">
         <x:v>45442</x:v>
       </x:c>
       <x:c r="C156" s="0" t="n">
         <x:v>42837.4</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:3">
       <x:c r="A157" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B157" s="1">
+      <x:c r="B157" s="2">
         <x:v>45449</x:v>
       </x:c>
       <x:c r="C157" s="0" t="n">
         <x:v>41422.9</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:3">
       <x:c r="A158" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B158" s="1">
+      <x:c r="B158" s="2">
         <x:v>45456</x:v>
       </x:c>
       <x:c r="C158" s="0" t="n">
         <x:v>22063.94</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:3">
       <x:c r="A159" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B159" s="1">
+      <x:c r="B159" s="2">
         <x:v>45463</x:v>
       </x:c>
       <x:c r="C159" s="0" t="n">
         <x:v>22430.33</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:3">
       <x:c r="A160" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B160" s="1">
+      <x:c r="B160" s="2">
         <x:v>45470</x:v>
       </x:c>
       <x:c r="C160" s="0" t="n">
         <x:v>22260.11</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:3">
       <x:c r="A161" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B161" s="1">
+      <x:c r="B161" s="2">
         <x:v>45477</x:v>
       </x:c>
       <x:c r="C161" s="0" t="n">
         <x:v>16701.71</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:3">
       <x:c r="A162" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B162" s="1">
+      <x:c r="B162" s="2">
         <x:v>45484</x:v>
       </x:c>
       <x:c r="C162" s="0" t="n">
         <x:v>18105.27</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:3">
       <x:c r="A163" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B163" s="1">
+      <x:c r="B163" s="2">
         <x:v>45491</x:v>
       </x:c>
       <x:c r="C163" s="0" t="n">
         <x:v>19087.92</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:3">
       <x:c r="A164" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B164" s="1">
+      <x:c r="B164" s="2">
         <x:v>45498</x:v>
       </x:c>
       <x:c r="C164" s="0" t="n">
         <x:v>20316.35</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:3">
       <x:c r="A165" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B165" s="1">
+      <x:c r="B165" s="2">
         <x:v>45505</x:v>
       </x:c>
       <x:c r="C165" s="0" t="n">
         <x:v>20184.23</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:3">
       <x:c r="A166" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B166" s="1">
+      <x:c r="B166" s="2">
         <x:v>45512</x:v>
       </x:c>
       <x:c r="C166" s="0" t="n">
         <x:v>20447.37</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:3">
       <x:c r="A167" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B167" s="1">
+      <x:c r="B167" s="2">
         <x:v>45519</x:v>
       </x:c>
       <x:c r="C167" s="0" t="n">
         <x:v>21784.05</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:3">
       <x:c r="A168" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B168" s="1">
+      <x:c r="B168" s="2">
         <x:v>45526</x:v>
       </x:c>
       <x:c r="C168" s="0" t="n">
         <x:v>21900.72</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:3">
       <x:c r="A169" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B169" s="1">
+      <x:c r="B169" s="2">
         <x:v>45533</x:v>
       </x:c>
       <x:c r="C169" s="0" t="n">
         <x:v>23459.48</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:3">
       <x:c r="A170" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B170" s="1">
+      <x:c r="B170" s="2">
         <x:v>45540</x:v>
       </x:c>
       <x:c r="C170" s="0" t="n">
         <x:v>24225.22</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:3">
       <x:c r="A171" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B171" s="1">
+      <x:c r="B171" s="2">
         <x:v>45547</x:v>
       </x:c>
       <x:c r="C171" s="0" t="n">
         <x:v>25337.03</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:3">
       <x:c r="A172" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B172" s="1">
+      <x:c r="B172" s="2">
         <x:v>45561</x:v>
       </x:c>
       <x:c r="C172" s="0" t="n">
         <x:v>23084.99</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:3">
       <x:c r="A173" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B173" s="1">
+      <x:c r="B173" s="2">
         <x:v>45566</x:v>
       </x:c>
       <x:c r="C173" s="0" t="n">
         <x:v>23685.57</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:3">
       <x:c r="A174" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
-      <x:c r="B174" s="1">
+      <x:c r="B174" s="2">
         <x:v>45575</x:v>
       </x:c>
       <x:c r="C174" s="0" t="n">
         <x:v>24961.97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId12"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>