--- v2 (2026-01-05)
+++ v3 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb270d5cb2fbe4a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8cc4b449699c40a0ae407b8d9fd9ebe2.psmdcp" Id="R051efc09f0b14020" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb473e4e4f6a4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc7c9028e8034858b65097e2c2e93aaf.psmdcp" Id="Re61e807442be4280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>רבוע נדלן אגח ט</x:t>
   </x:si>
@@ -136,52 +136,52 @@
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Table11" displayName="Table11" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C91" totalsRowShown="0">
-  <x:autoFilter ref="A1:C91"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C88" totalsRowShown="0">
+  <x:autoFilter ref="A1:C88"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table13" displayName="Table13" ref="A1:C174" totalsRowShown="0">
   <x:autoFilter ref="A1:C174"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>46143.1666666667</x:v>
+        <x:v>46236.2083333333</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -575,1059 +575,1026 @@
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId10"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C91"/>
+  <x:dimension ref="A1:C88"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>44938</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>3667.02</x:v>
+        <x:v>3295.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>44945</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>4503.55</x:v>
+        <x:v>5128.71</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>44952</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>4321.69</x:v>
+        <x:v>7744.23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>44966</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>3295.51</x:v>
+        <x:v>7291.78</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>44973</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>5128.71</x:v>
+        <x:v>7164.89</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>44980</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>7744.23</x:v>
+        <x:v>13391.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>44987</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>7291.78</x:v>
+        <x:v>13095.83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>44994</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>7164.89</x:v>
+        <x:v>13943.54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>45001</x:v>
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>13391.17</x:v>
+        <x:v>14059.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>45008</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>13095.83</x:v>
+        <x:v>14133.01</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>45015</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>13943.54</x:v>
+        <x:v>13422.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>45020</x:v>
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>14059.63</x:v>
+        <x:v>13813.11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>45029</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>14133.01</x:v>
+        <x:v>13873.73</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>45036</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>13422.03</x:v>
+        <x:v>13920.96</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>45043</x:v>
+        <x:v>45064</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>13813.11</x:v>
+        <x:v>13962.7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>45050</x:v>
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>13873.73</x:v>
+        <x:v>14091.81</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>45057</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>13920.96</x:v>
+        <x:v>13491.01</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>45064</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>13962.7</x:v>
+        <x:v>13375.33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>45070</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>14091.81</x:v>
+        <x:v>13637.96</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>45078</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>13491.01</x:v>
+        <x:v>14913.83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>45085</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>13375.33</x:v>
+        <x:v>13372.81</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B23" s="2">
-        <x:v>45092</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
-        <x:v>13637.96</x:v>
+        <x:v>13289.26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B24" s="2">
-        <x:v>45099</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
-        <x:v>14913.83</x:v>
+        <x:v>13110.55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B25" s="2">
-        <x:v>45106</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
-        <x:v>13372.81</x:v>
+        <x:v>15762.18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B26" s="2">
-        <x:v>45113</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
-        <x:v>13289.26</x:v>
+        <x:v>14509.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B27" s="2">
-        <x:v>45120</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
-        <x:v>13110.55</x:v>
+        <x:v>14044.81</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B28" s="2">
-        <x:v>45127</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
-        <x:v>15762.18</x:v>
+        <x:v>14243.58</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B29" s="2">
-        <x:v>45133</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
-        <x:v>14509.3</x:v>
+        <x:v>13745.7</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B30" s="2">
-        <x:v>45141</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
-        <x:v>14044.81</x:v>
+        <x:v>13795.59</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B31" s="2">
-        <x:v>45148</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
-        <x:v>14243.58</x:v>
+        <x:v>13613.31</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B32" s="2">
-        <x:v>45155</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
-        <x:v>13745.7</x:v>
+        <x:v>13406.11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B33" s="2">
-        <x:v>45162</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
-        <x:v>13795.59</x:v>
+        <x:v>13298.02</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B34" s="2">
-        <x:v>45169</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
-        <x:v>13613.31</x:v>
+        <x:v>13725.32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B35" s="2">
-        <x:v>45176</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
-        <x:v>13406.11</x:v>
+        <x:v>13630.33</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B36" s="2">
-        <x:v>45183</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
-        <x:v>13298.02</x:v>
+        <x:v>14271.37</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B37" s="2">
-        <x:v>45190</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
-        <x:v>13725.32</x:v>
+        <x:v>13620.73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B38" s="2">
-        <x:v>45197</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
-        <x:v>13630.33</x:v>
+        <x:v>13057.8</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B39" s="2">
-        <x:v>45204</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
-        <x:v>14271.37</x:v>
+        <x:v>19680.62</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B40" s="2">
-        <x:v>45211</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
-        <x:v>13620.73</x:v>
+        <x:v>22979.2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B41" s="2">
-        <x:v>45218</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
-        <x:v>13057.8</x:v>
+        <x:v>23632.77</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B42" s="2">
-        <x:v>45225</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
-        <x:v>19680.62</x:v>
+        <x:v>23768.08</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B43" s="2">
-        <x:v>45232</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
-        <x:v>22979.2</x:v>
+        <x:v>24284.54</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B44" s="2">
-        <x:v>45239</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
-        <x:v>23632.77</x:v>
+        <x:v>26351.71</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B45" s="2">
-        <x:v>45246</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
-        <x:v>23768.08</x:v>
+        <x:v>25172.01</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B46" s="2">
-        <x:v>45253</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
-        <x:v>24284.54</x:v>
+        <x:v>25084.24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B47" s="2">
-        <x:v>45260</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
-        <x:v>26351.71</x:v>
+        <x:v>26080.3</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B48" s="2">
-        <x:v>45267</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
-        <x:v>25172.01</x:v>
+        <x:v>26531.54</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B49" s="2">
-        <x:v>45274</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
-        <x:v>25084.24</x:v>
+        <x:v>28514.17</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B50" s="2">
-        <x:v>45281</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
-        <x:v>26080.3</x:v>
+        <x:v>29172.65</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B51" s="2">
-        <x:v>45288</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
-        <x:v>26531.54</x:v>
+        <x:v>32203.45</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B52" s="2">
-        <x:v>45295</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
-        <x:v>28514.17</x:v>
+        <x:v>32774.91</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B53" s="2">
-        <x:v>45302</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
-        <x:v>29172.65</x:v>
+        <x:v>31336.6</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B54" s="2">
-        <x:v>45309</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
-        <x:v>32203.45</x:v>
+        <x:v>32483.79</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B55" s="2">
-        <x:v>45316</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
-        <x:v>32774.91</x:v>
+        <x:v>33109.82</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B56" s="2">
-        <x:v>45323</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
-        <x:v>31336.6</x:v>
+        <x:v>35203.86</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B57" s="2">
-        <x:v>45330</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="C57" s="0" t="n">
-        <x:v>32483.79</x:v>
+        <x:v>36432.24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B58" s="2">
-        <x:v>45337</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="C58" s="0" t="n">
-        <x:v>33109.82</x:v>
+        <x:v>37962.46</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B59" s="2">
-        <x:v>45344</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="C59" s="0" t="n">
-        <x:v>35203.86</x:v>
+        <x:v>39180.91</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B60" s="2">
-        <x:v>45351</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="C60" s="0" t="n">
-        <x:v>36432.24</x:v>
+        <x:v>40797.56</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B61" s="2">
-        <x:v>45358</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="C61" s="0" t="n">
-        <x:v>37962.46</x:v>
+        <x:v>41490.88</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B62" s="2">
-        <x:v>45365</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="C62" s="0" t="n">
-        <x:v>39180.91</x:v>
+        <x:v>42069.84</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B63" s="2">
-        <x:v>45372</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="C63" s="0" t="n">
-        <x:v>40797.56</x:v>
+        <x:v>41892.15</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B64" s="2">
-        <x:v>45379</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="C64" s="0" t="n">
-        <x:v>41490.88</x:v>
+        <x:v>38296.02</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B65" s="2">
-        <x:v>45386</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="C65" s="0" t="n">
-        <x:v>42069.84</x:v>
+        <x:v>40002.01</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B66" s="2">
-        <x:v>45393</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="C66" s="0" t="n">
-        <x:v>41892.15</x:v>
+        <x:v>40750.27</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B67" s="2">
-        <x:v>45400</x:v>
+        <x:v>45421</x:v>
       </x:c>
       <x:c r="C67" s="0" t="n">
-        <x:v>38296.02</x:v>
+        <x:v>40896.79</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B68" s="2">
-        <x:v>45407</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="C68" s="0" t="n">
-        <x:v>40002.01</x:v>
+        <x:v>41140.66</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B69" s="2">
-        <x:v>45414</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="C69" s="0" t="n">
-        <x:v>40750.27</x:v>
+        <x:v>41520.61</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B70" s="2">
-        <x:v>45421</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="C70" s="0" t="n">
-        <x:v>40896.79</x:v>
+        <x:v>42837.4</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B71" s="2">
-        <x:v>45428</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="C71" s="0" t="n">
-        <x:v>41140.66</x:v>
+        <x:v>41422.9</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B72" s="2">
-        <x:v>45435</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="C72" s="0" t="n">
-        <x:v>41520.61</x:v>
+        <x:v>22063.94</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B73" s="2">
-        <x:v>45442</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="C73" s="0" t="n">
-        <x:v>42837.4</x:v>
+        <x:v>22430.33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B74" s="2">
-        <x:v>45449</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="C74" s="0" t="n">
-        <x:v>41422.9</x:v>
+        <x:v>22260.11</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B75" s="2">
-        <x:v>45456</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="C75" s="0" t="n">
-        <x:v>22063.94</x:v>
+        <x:v>16701.71</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B76" s="2">
-        <x:v>45463</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="C76" s="0" t="n">
-        <x:v>22430.33</x:v>
+        <x:v>18105.27</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B77" s="2">
-        <x:v>45470</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="C77" s="0" t="n">
-        <x:v>22260.11</x:v>
+        <x:v>19087.92</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B78" s="2">
-        <x:v>45477</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="C78" s="0" t="n">
-        <x:v>16701.71</x:v>
+        <x:v>20316.35</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B79" s="2">
-        <x:v>45484</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="C79" s="0" t="n">
-        <x:v>18105.27</x:v>
+        <x:v>20184.23</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B80" s="2">
-        <x:v>45491</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="C80" s="0" t="n">
-        <x:v>19087.92</x:v>
+        <x:v>20447.37</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B81" s="2">
-        <x:v>45498</x:v>
+        <x:v>45519</x:v>
       </x:c>
       <x:c r="C81" s="0" t="n">
-        <x:v>20316.35</x:v>
+        <x:v>21784.05</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B82" s="2">
-        <x:v>45505</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="C82" s="0" t="n">
-        <x:v>20184.23</x:v>
+        <x:v>21900.72</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B83" s="2">
-        <x:v>45512</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="C83" s="0" t="n">
-        <x:v>20447.37</x:v>
+        <x:v>23459.48</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B84" s="2">
-        <x:v>45519</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="C84" s="0" t="n">
-        <x:v>21784.05</x:v>
+        <x:v>24225.22</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B85" s="2">
-        <x:v>45526</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="C85" s="0" t="n">
-        <x:v>21900.72</x:v>
+        <x:v>25337.03</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B86" s="2">
-        <x:v>45533</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="C86" s="0" t="n">
-        <x:v>23459.48</x:v>
+        <x:v>23084.99</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B87" s="2">
-        <x:v>45540</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="C87" s="0" t="n">
-        <x:v>24225.22</x:v>
+        <x:v>23685.57</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="0" t="n">
         <x:v>349349</x:v>
       </x:c>
       <x:c r="B88" s="2">
-        <x:v>45547</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="C88" s="0" t="n">
-        <x:v>25337.03</x:v>
-[...31 lines deleted...]
-      <x:c r="C91" s="0" t="n">
         <x:v>24961.97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId11"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C174"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>