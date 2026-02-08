--- v3 (2026-02-08)
+++ v4 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb473e4e4f6a4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc7c9028e8034858b65097e2c2e93aaf.psmdcp" Id="Re61e807442be4280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01a662d7fef2462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e7804bab27f4bee93df11a9deaa5ff2.psmdcp" Id="R77b8aeac496540d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>רבוע נדלן אגח ט</x:t>
   </x:si>
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>46236.2083333333</x:v>
+        <x:v>46236.2916666667</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>