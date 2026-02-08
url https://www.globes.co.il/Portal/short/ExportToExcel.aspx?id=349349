--- v4 (2026-02-08)
+++ v5 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01a662d7fef2462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e7804bab27f4bee93df11a9deaa5ff2.psmdcp" Id="R77b8aeac496540d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8eb225519244fd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34283aae864e4f07a0184dd379c47528.psmdcp" Id="R4dd5ecf0f51448f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>רבוע נדלן אגח ט</x:t>
   </x:si>
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>46236.2916666667</x:v>
+        <x:v>46236.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>