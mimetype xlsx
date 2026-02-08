--- v5 (2026-02-08)
+++ v6 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8eb225519244fd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34283aae864e4f07a0184dd379c47528.psmdcp" Id="R4dd5ecf0f51448f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2881cdc28c264551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ad9838bc5e14d959b068b83d98d22d3.psmdcp" Id="Rdb6be49021aa4721" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>רבוע נדלן אגח ט</x:t>
   </x:si>
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>46236.75</x:v>
+        <x:v>46236.9166666667</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>