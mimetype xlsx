--- v0 (2025-10-04)
+++ v1 (2026-02-07)
@@ -1,73 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dbc83cc80484bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f81b08dcfd6a4f6c986fb1c61621e808.psmdcp" Id="R53b4dc3d1ec14a6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3609b78df5804214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/02debe862a4c41f1b04e1ac62be934fb.psmdcp" Id="Rfb2bf2002e86414c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
-[...2 lines deleted...]
-  </x:si>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3" uniqueCount="3">
   <x:si>
     <x:t>instrumentID</x:t>
   </x:si>
   <x:si>
     <x:t>date</x:t>
   </x:si>
   <x:si>
     <x:t>balance_kNIS</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -136,52 +133,52 @@
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Table11" displayName="Table11" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C62" totalsRowShown="0">
-  <x:autoFilter ref="A1:C62"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table12" displayName="Table12" ref="A1:C56" totalsRowShown="0">
+  <x:autoFilter ref="A1:C56"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="Table13" displayName="Table13" ref="A1:C73" totalsRowShown="0">
   <x:autoFilter ref="A1:C73"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -467,887 +464,819 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>45757.75</x:v>
+        <x:v>46205.375</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
-      <x:c r="A2" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="A2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.6906250000000007" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId9"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.6906250000000007" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId10"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C62"/>
+  <x:dimension ref="A1:C56"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>44875</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
-        <x:v>12.94</x:v>
+        <x:v>8.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>44882</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
-        <x:v>76.32</x:v>
+        <x:v>50.27</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>44889</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>29.36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>44896</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
-        <x:v>15.65</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>44903</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>22.05</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>44959</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
-        <x:v>8.82</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>44966</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
-        <x:v>8.81</x:v>
+        <x:v>226.83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>44973</x:v>
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
-        <x:v>50.27</x:v>
+        <x:v>264.08</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>44980</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
-        <x:v>29.36</x:v>
+        <x:v>209.17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>44987</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
-        <x:v>8.9</x:v>
+        <x:v>283.61</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>44994</x:v>
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
-        <x:v>22.05</x:v>
+        <x:v>260.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>45001</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>171.75</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>45015</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="C14" s="0" t="n">
-        <x:v>226.83</x:v>
+        <x:v>188.78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>45020</x:v>
+        <x:v>45064</x:v>
       </x:c>
       <x:c r="C15" s="0" t="n">
-        <x:v>264.08</x:v>
+        <x:v>215.51</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>45029</x:v>
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="C16" s="0" t="n">
-        <x:v>209.17</x:v>
+        <x:v>217.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>45036</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="C17" s="0" t="n">
-        <x:v>283.61</x:v>
+        <x:v>416.17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>45043</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="C18" s="0" t="n">
-        <x:v>260.06</x:v>
+        <x:v>445.22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>45050</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="C19" s="0" t="n">
-        <x:v>171.75</x:v>
+        <x:v>439.66</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>45057</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="C20" s="0" t="n">
-        <x:v>188.78</x:v>
+        <x:v>444.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>45064</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="C21" s="0" t="n">
-        <x:v>215.51</x:v>
+        <x:v>430.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>45070</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="C22" s="0" t="n">
-        <x:v>217.3</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B23" s="2">
-        <x:v>45078</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="C23" s="0" t="n">
-        <x:v>416.17</x:v>
+        <x:v>50.19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B24" s="2">
-        <x:v>45085</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="C24" s="0" t="n">
-        <x:v>445.22</x:v>
+        <x:v>60.29</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B25" s="2">
-        <x:v>45092</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="C25" s="0" t="n">
-        <x:v>439.66</x:v>
+        <x:v>106.02</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B26" s="2">
-        <x:v>45099</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="C26" s="0" t="n">
-        <x:v>444.98</x:v>
+        <x:v>105.84</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B27" s="2">
-        <x:v>45106</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="C27" s="0" t="n">
-        <x:v>430.6</x:v>
+        <x:v>105.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B28" s="2">
-        <x:v>45113</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="C28" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>124.86</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B29" s="2">
-        <x:v>45127</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="C29" s="0" t="n">
-        <x:v>50.19</x:v>
+        <x:v>119.67</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B30" s="2">
-        <x:v>45133</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="C30" s="0" t="n">
-        <x:v>60.29</x:v>
+        <x:v>121.23</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B31" s="2">
-        <x:v>45141</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="C31" s="0" t="n">
-        <x:v>106.02</x:v>
+        <x:v>122.46</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B32" s="2">
-        <x:v>45148</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="C32" s="0" t="n">
-        <x:v>105.84</x:v>
+        <x:v>122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B33" s="2">
-        <x:v>45155</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="C33" s="0" t="n">
-        <x:v>105.3</x:v>
+        <x:v>111.78</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B34" s="2">
-        <x:v>45162</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="C34" s="0" t="n">
-        <x:v>124.86</x:v>
+        <x:v>113.29</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B35" s="2">
-        <x:v>45169</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="C35" s="0" t="n">
-        <x:v>119.67</x:v>
+        <x:v>113.66</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B36" s="2">
-        <x:v>45176</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="C36" s="0" t="n">
-        <x:v>121.23</x:v>
+        <x:v>113.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B37" s="2">
-        <x:v>45183</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="C37" s="0" t="n">
-        <x:v>122.46</x:v>
+        <x:v>113.95</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B38" s="2">
-        <x:v>45190</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="C38" s="0" t="n">
-        <x:v>122.3</x:v>
+        <x:v>52.89</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B39" s="2">
-        <x:v>45197</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="C39" s="0" t="n">
-        <x:v>111.78</x:v>
+        <x:v>27.62</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B40" s="2">
-        <x:v>45204</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="C40" s="0" t="n">
-        <x:v>113.29</x:v>
+        <x:v>46.43</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B41" s="2">
-        <x:v>45211</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="C41" s="0" t="n">
-        <x:v>113.66</x:v>
+        <x:v>87.65</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B42" s="2">
-        <x:v>45218</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="C42" s="0" t="n">
-        <x:v>113.8</x:v>
+        <x:v>110.45</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B43" s="2">
-        <x:v>45225</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="C43" s="0" t="n">
-        <x:v>113.95</x:v>
+        <x:v>38.82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B44" s="2">
-        <x:v>45232</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="C44" s="0" t="n">
-        <x:v>52.89</x:v>
+        <x:v>63.85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B45" s="2">
-        <x:v>45239</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="C45" s="0" t="n">
-        <x:v>27.62</x:v>
+        <x:v>13.61</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B46" s="2">
-        <x:v>45246</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="C46" s="0" t="n">
-        <x:v>46.43</x:v>
+        <x:v>12.22</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B47" s="2">
-        <x:v>45253</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="C47" s="0" t="n">
-        <x:v>87.65</x:v>
+        <x:v>26.72</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B48" s="2">
-        <x:v>45260</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="C48" s="0" t="n">
-        <x:v>110.45</x:v>
+        <x:v>87.74</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B49" s="2">
-        <x:v>45267</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="C49" s="0" t="n">
-        <x:v>38.82</x:v>
+        <x:v>70.03</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B50" s="2">
-        <x:v>45274</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="C50" s="0" t="n">
-        <x:v>63.85</x:v>
+        <x:v>48.59</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B51" s="2">
-        <x:v>45281</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="C51" s="0" t="n">
-        <x:v>13.61</x:v>
+        <x:v>754.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B52" s="2">
-        <x:v>45288</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="C52" s="0" t="n">
-        <x:v>12.22</x:v>
+        <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B53" s="2">
-        <x:v>45295</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="C53" s="0" t="n">
-        <x:v>26.72</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B54" s="2">
-        <x:v>45302</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="C54" s="0" t="n">
-        <x:v>87.74</x:v>
+        <x:v>31.74</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B55" s="2">
-        <x:v>45309</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="C55" s="0" t="n">
-        <x:v>70.03</x:v>
+        <x:v>497.06</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B56" s="2">
-        <x:v>45316</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="C56" s="0" t="n">
-        <x:v>48.59</x:v>
-[...64 lines deleted...]
-      <x:c r="C62" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId11"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C73"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B2" s="2">
         <x:v>44392</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
         <x:v>5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>357024</x:v>
       </x:c>
       <x:c r="B3" s="2">
         <x:v>44399</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">