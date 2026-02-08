--- v1 (2026-02-07)
+++ v2 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3609b78df5804214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/02debe862a4c41f1b04e1ac62be934fb.psmdcp" Id="Rfb2bf2002e86414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312ba3bb8bb04928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/029adb1a5bf7481c97de99e3aba03d11.psmdcp" Id="R64792f5dd348444c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3" uniqueCount="3">
   <x:si>
     <x:t>instrumentID</x:t>
   </x:si>
@@ -464,51 +464,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>46205.375</x:v>
+        <x:v>46236.7083333333</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>