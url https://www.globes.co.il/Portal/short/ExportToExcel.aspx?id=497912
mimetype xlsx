--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -1,73 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2175e8c548384d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3250e0d8d8be4884adba86528ad86f43.psmdcp" Id="R2b32f528d29e4340" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a49e903f31f44cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/051b17958f8c43ab82443cd038d8f3de.psmdcp" Id="Rdefacd8e548f4a4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
-[...2 lines deleted...]
-  </x:si>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>אנקור הזד אגח ב</x:t>
   </x:si>
   <x:si>
     <x:t>instrumentID</x:t>
   </x:si>
   <x:si>
     <x:t>date</x:t>
   </x:si>
   <x:si>
     <x:t>balance_kNIS</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -80,60 +77,67 @@
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
-  <x:cellStyleXfs count="2">
+  <x:cellStyleXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="2">
+  <x:cellXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:C2" totalsRowShown="0">
   <x:autoFilter ref="A1:C2"/>
   <x:tableColumns count="3">
     <x:tableColumn id="1" name="instrumentID"/>
     <x:tableColumn id="2" name="date"/>
     <x:tableColumn id="3" name="balance_kNIS"/>
   </x:tableColumns>
@@ -462,477 +466,477 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
-      <x:c r="A1" s="0" t="s">
-        <x:v>0</x:v>
+      <x:c r="A1" s="1">
+        <x:v>45820.5416666667</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.6906250000000007" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId9"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.6906250000000007" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s"/>
       <x:c r="B2" s="0" t="s"/>
       <x:c r="C2" s="0" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId10"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C13"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B2" s="1">
+      <x:c r="B2" s="2">
         <x:v>45435</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B3" s="1">
+      <x:c r="B3" s="2">
         <x:v>45505</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
         <x:v>1.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B4" s="1">
+      <x:c r="B4" s="2">
         <x:v>45512</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
         <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B5" s="1">
+      <x:c r="B5" s="2">
         <x:v>45519</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
         <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B6" s="1">
+      <x:c r="B6" s="2">
         <x:v>45526</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
         <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B7" s="1">
+      <x:c r="B7" s="2">
         <x:v>45533</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
         <x:v>5.78</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B8" s="1">
+      <x:c r="B8" s="2">
         <x:v>45540</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
         <x:v>12.45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B9" s="1">
+      <x:c r="B9" s="2">
         <x:v>45547</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
         <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B10" s="1">
+      <x:c r="B10" s="2">
         <x:v>45554</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
         <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B11" s="1">
+      <x:c r="B11" s="2">
         <x:v>45561</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
         <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B12" s="1">
+      <x:c r="B12" s="2">
         <x:v>45566</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
         <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B13" s="1">
+      <x:c r="B13" s="2">
         <x:v>45575</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
         <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId11"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C13"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B1" s="0" t="s">
+      <x:c r="C1" s="0" t="s">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B2" s="1">
+      <x:c r="B2" s="2">
         <x:v>45435</x:v>
       </x:c>
       <x:c r="C2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B3" s="1">
+      <x:c r="B3" s="2">
         <x:v>45505</x:v>
       </x:c>
       <x:c r="C3" s="0" t="n">
         <x:v>1.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B4" s="1">
+      <x:c r="B4" s="2">
         <x:v>45512</x:v>
       </x:c>
       <x:c r="C4" s="0" t="n">
         <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B5" s="1">
+      <x:c r="B5" s="2">
         <x:v>45519</x:v>
       </x:c>
       <x:c r="C5" s="0" t="n">
         <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B6" s="1">
+      <x:c r="B6" s="2">
         <x:v>45526</x:v>
       </x:c>
       <x:c r="C6" s="0" t="n">
         <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B7" s="1">
+      <x:c r="B7" s="2">
         <x:v>45533</x:v>
       </x:c>
       <x:c r="C7" s="0" t="n">
         <x:v>5.78</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B8" s="1">
+      <x:c r="B8" s="2">
         <x:v>45540</x:v>
       </x:c>
       <x:c r="C8" s="0" t="n">
         <x:v>12.45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B9" s="1">
+      <x:c r="B9" s="2">
         <x:v>45547</x:v>
       </x:c>
       <x:c r="C9" s="0" t="n">
         <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B10" s="1">
+      <x:c r="B10" s="2">
         <x:v>45554</x:v>
       </x:c>
       <x:c r="C10" s="0" t="n">
         <x:v>4.18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B11" s="1">
+      <x:c r="B11" s="2">
         <x:v>45561</x:v>
       </x:c>
       <x:c r="C11" s="0" t="n">
         <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B12" s="1">
+      <x:c r="B12" s="2">
         <x:v>45566</x:v>
       </x:c>
       <x:c r="C12" s="0" t="n">
         <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="n">
         <x:v>497912</x:v>
       </x:c>
-      <x:c r="B13" s="1">
+      <x:c r="B13" s="2">
         <x:v>45575</x:v>
       </x:c>
       <x:c r="C13" s="0" t="n">
         <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId12"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>