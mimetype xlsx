--- v1 (2025-12-06)
+++ v2 (2026-02-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a49e903f31f44cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/051b17958f8c43ab82443cd038d8f3de.psmdcp" Id="Rdefacd8e548f4a4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23461dcf030f4820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7edbdb32b79242ba9905b3902f25cdcf.psmdcp" Id="R1dbf9f1c5f754457" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Data" sheetId="2" r:id="rId2"/>
     <x:sheet name="חצי שנתי" sheetId="3" r:id="rId3"/>
     <x:sheet name="שנתי" sheetId="4" r:id="rId4"/>
     <x:sheet name="שלש שנים" sheetId="5" r:id="rId5"/>
     <x:sheet name="מקסימלי" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <x:si>
     <x:t>אנקור הזד אגח ב</x:t>
   </x:si>
@@ -467,51 +467,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table3.xml" Id="rId11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table4.xml" Id="rId12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:A2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:1">
       <x:c r="A1" s="1">
-        <x:v>45820.5416666667</x:v>
+        <x:v>46236.0416666667</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:1">
       <x:c r="A2" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>